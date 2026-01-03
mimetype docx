--- v0 (2025-10-01)
+++ v1 (2026-01-03)
@@ -1,46734 +1,8375 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Default ContentType="image/jpeg" Extension="jpg"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/x-font-ttf" Extension="ttf"/>
+  <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
+  <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
-    <w:p>
-[...68 lines deleted...]
-        <w:t>5D</w:t>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HÀ NỘI- TRÙNG KHÁNH MONO FULL ĐIỂM ĐẸP NHẤT</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p>
-[...203 lines deleted...]
-        <w:t>U</w:t>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hà Nội – Trùng Khánh – Từ Khí Khẩu –  Chùa Bảo Luân – Quan Âm Kiều –  Hồng Nhai Động – Bia Giải Phóng – Công Viên Gấu Trúc - Hội Quán Hồ Quảng - Chùa La Hán - Lí Tử Bá</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...127 lines deleted...]
-        <w:t>tô</w:t>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thời gian 5 ngày 4 đêm</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3795 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phương tiện: Máy bay + ô tô</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="Table1"/>
+        <w:tblW w:w="10422.0" w:type="dxa"/>
         <w:jc w:val="left"/>
-        <w:tblInd w:w="462" w:type="dxa"/>
+        <w:tblInd w:w="-108.0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="B8C4D4"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B8C4D4"/>
+          <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...5 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1665"/>
-        <w:gridCol w:w="8640"/>
+        <w:gridCol w:w="3620"/>
+        <w:gridCol w:w="3226"/>
+        <w:gridCol w:w="3576"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="3620"/>
+            <w:gridCol w:w="3226"/>
+            <w:gridCol w:w="3576"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="505" w:hRule="atLeast"/>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
-          <w:tcPr>
-[...3 lines deleted...]
-          <w:p>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="00b050"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2092 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr/>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...5 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                <wp:inline distB="0" distT="0" distL="0" distR="0">
+                  <wp:extent cx="2181011" cy="1452939"/>
+                  <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                  <wp:docPr id="1990793527" name="image13.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="4" name="Image 4"/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr id="0" name="image13.png"/>
+                          <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7" cstate="print"/>
+                          <a:blip r:embed="rId7"/>
+                          <a:srcRect b="0" l="0" r="0" t="0"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm rot="10800000">
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2181011" cy="1452939"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect"/>
+                          <a:ln/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="00b050"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr/>
+              <w:drawing>
+                <wp:inline distB="0" distT="0" distL="0" distR="0">
+                  <wp:extent cx="1914663" cy="1436089"/>
+                  <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                  <wp:docPr id="1990793529" name="image11.jpg"/>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="image11.jpg"/>
+                          <pic:cNvPicPr preferRelativeResize="0"/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8"/>
+                          <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="3243450" cy="2121598"/>
+                            <a:ext cx="1914663" cy="1436089"/>
                           </a:xfrm>
-                          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-                          </a:prstGeom>
+                          <a:prstGeom prst="rect"/>
+                          <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r>
-[...18 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="00b050"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr/>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...5 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                <wp:inline distB="0" distT="0" distL="0" distR="0">
+                  <wp:extent cx="2125980" cy="1417320"/>
+                  <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                  <wp:docPr descr="Tripadvisor | 重慶私人一日遊：熊貓，艾靈公園，三峽博物館| 中國" id="1990793528" name="image6.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="5" name="Image 5"/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr descr="Tripadvisor | 重慶私人一日遊：熊貓，艾靈公園，三峽博物館| 中國" id="0" name="image6.jpg"/>
+                          <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8" cstate="print"/>
+                          <a:blip r:embed="rId9"/>
+                          <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2572698" cy="2128647"/>
+                            <a:ext cx="2125980" cy="1417320"/>
                           </a:xfrm>
-                          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-                          </a:prstGeom>
+                          <a:prstGeom prst="rect"/>
+                          <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r>
-[...4822 lines deleted...]
-              <w:t>tâm</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="0070c0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="0070c0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trùng Khánh</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="0070c0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">là đô thị lớn nhất ở phía tây nam Trung Quốc. một trong những thành phố giàu có nhất Trung Quốc, là 1 trong 4 thành phố trực thuộc Trung ương. Đây là thành phố cảng hiện đại bậc nhất ở khu vực thượng lưu sông Dương Tử, tọa lạc tại ngã ba sông Dương Tử và sông Jialing. Có diện tích 82.400 km vuông, thành phố Trùng Khánh giáp với các tỉnh Hồ Bắc, Tứ Xuyên, Hồ Nam, Quý Châu, và Thiểm Tây.</w:t>
+      </w:r>
     </w:p>
-    <w:p>
-[...3808 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="0070c0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p>
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CHƯƠNG TRÌNH FULL TOUR NỔI BẬT BAO GỒM:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bay thẳng Hà Nội- Trùng Khánh hàng không West Air chỉ với hơn 2h bay.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ghé thăm thành phố sương mù Trùng Khánh cùng hệ thống giao thông đỉnh nhất thế giới.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chương trình chất lượng đi đầy đủ những điểm đẹp và nổi tiếng nhất Trùng Khánh: </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Từ Khí Khẩu-Đền Bảo Luân- Quan Âm Kiều- Hồng Nhai Động- Bia Giải Phóng- Công Viên Gấu Trúc- Hội Quán Hồ Quảng- Chùa La Hán- Lí Tử Bá</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thưởng thức ẩm thực Tứ Xuyên đặc sắc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hướng dẫn viên chuyên tuyến, am hiểu, nhiệt tình</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LỊCH TRÌNH CHI TIẾT</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="Table2"/>
+        <w:tblW w:w="10206.0" w:type="dxa"/>
         <w:jc w:val="left"/>
-        <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="B8C4D4"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B8C4D4"/>
+          <w:top w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...5 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="8646"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="1560"/>
+            <w:gridCol w:w="8646"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="510" w:hRule="atLeast"/>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="00AF50"/>
+            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...23 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 1</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8646" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="00AF50"/>
+            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3077 lines deleted...]
-              <w:t>I)</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HÀ NỘI- TRÙNG KHÁNH ( ĂN TỐI TỰ TÚC )</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="12227" w:hRule="atLeast"/>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chiều</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Dự kiến 16:30 Xe và hướng dẫn viên đón quý khách tại cổng chính công viên Thống Nhất số 67-69 Trần Nhân Tông xuất phát đi nhà ga quốc tế T2 -sân bay Nội Bài.</w:t>
+            </w:r>
           </w:p>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...95 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nếu quý khách tự ra sân bay vui lòng có mặt tại tầng 3, sảnh ga đi T2 sân bay quốc tế Nội Bài lúc 17:30 và liên hệ HDV để nhập đoàn.</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:sz w:val="26"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...172 lines deleted...]
-              <w:t>n.</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chuyến bay dự kiến: Hà Nội (HAN)Trùng Khánh (CKG) 20:40-23:40 (giờ địa phương)</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:sz w:val="26"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1197 lines deleted...]
-              <w:t>ng, Mai Lan …</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn nghỉ đêm tại Trùng Khánh. Khách sạn 4* địa phương. </w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:sz w:val="26"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2708 lines deleted...]
-              <w:t>p.</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dự kiến: Khách sạn Chongqing Jushangbin Days Inn or Vienna Yangjiaping Branch or similar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="Table3"/>
+        <w:tblW w:w="10206.0" w:type="dxa"/>
         <w:jc w:val="left"/>
-        <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="B8C4D4"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B8C4D4"/>
+          <w:top w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...5 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="8646"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="1560"/>
+            <w:gridCol w:w="8646"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="505" w:hRule="atLeast"/>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="00AF50"/>
+            <w:shd w:fill="0070c0" w:val="clear"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...23 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 2</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8646" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="00AF50"/>
+            <w:shd w:fill="0070c0" w:val="clear"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-              <w:t>A)</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   TRÙNG KHÁNH ( ĂN SÁNG, TRƯA, TỐI )</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="377" w:hRule="atLeast"/>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:sz w:val="26"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Table4"/>
+              <w:tblW w:w="9975.0" w:type="dxa"/>
+              <w:jc w:val="left"/>
+              <w:tblBorders>
+                <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="0400"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4027"/>
+              <w:gridCol w:w="5948"/>
+              <w:tblGridChange w:id="0">
+                <w:tblGrid>
+                  <w:gridCol w:w="4027"/>
+                  <w:gridCol w:w="5948"/>
+                </w:tblGrid>
+              </w:tblGridChange>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr/>
+                    <w:drawing>
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="1518684" cy="2023648"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr descr="Lời khuyên cuộc sống: Hãy ghé thăm ngôi đền ngàn năm tuổi này trước khi rời Trùng Khánh" id="1990793531" name="image9.jpg"/>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr descr="Lời khuyên cuộc sống: Hãy ghé thăm ngôi đền ngàn năm tuổi này trước khi rời Trùng Khánh" id="0" name="image9.jpg"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId10"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="1518684" cy="2023648"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect"/>
+                                <a:ln/>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr/>
+                    <w:drawing>
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="2732220" cy="2046087"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr descr="Mùa xuân là thời điểm đẹp nhất để bạn du lịch Trùng Khánh và ghé tham quan phố cổ Ciqikou" id="1990793530" name="image2.jpg"/>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr descr="Mùa xuân là thời điểm đẹp nhất để bạn du lịch Trùng Khánh và ghé tham quan phố cổ Ciqikou" id="0" name="image2.jpg"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId11"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="2732220" cy="2046087"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect"/>
+                                <a:ln/>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Chùa Bảo Luân</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Từ Khí Khẩu</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn dùng bữa sáng tại nhà hàng khách sạn. Sau bữa sáng đoàn tham quan:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Từ Khí Khẩu (Ciqikou Ancient Town) </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">là khu phố cổ hơn 1.000 năm tuổi nằm bên bờ sông Gia Lăng, nổi tiếng với những con ngõ nhỏ lát đá, nhà gỗ truyền thống, hàng quán tấp nập và bầu không khí xưa cũ rất “Trùng Khánh”. Đến đây, du khách có thể dạo bộ qua các tuyến phố buôn bán gốm sứ, thưởng thức ẩm thực đường phố như đậu phụ thối, mỳ Trùng Khánh, trà sữa yak butter… hay ngắm nhìn những nghệ nhân biểu diễn nghệ thuật truyền thống. Đây là điểm chụp ảnh đẹp, mang đậm nét văn hoá Tứ Xuyên, rất thích hợp để du khách trải nghiệm đời sống địa phương.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sau đó, HDV đưa đoàn ghé thăm </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chùa Bảo Luân</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ngôi chùa cổ hơn 600 năm với không gian thanh tịnh, cầu chúc bình an và may mắn cho chuyến đi. Nằm ngay trong khu phố cổ Từ Khí Khẩu, Chùa Bảo Luân (Baolun Temple) là ngôi chùa Phật giáo cổ kính, có lịch sử từ thời Minh – Thanh. Không gian tĩnh lặng, hương trầm thoang thoảng, kiến trúc gỗ đỏ đặc trưng tạo nên cảm giác thanh tịnh giữa sự sôi động của khu phố cổ. Du khách đến chùa thường ghé thắp hương cầu bình an, chiêm ngưỡng các pho tượng Phật cổ, ngắm các bức hoạ tường truyền thống và trải nghiệm đời sống tâm linh của người dân Trùng Khánh.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn dùng bữa trưa tại nhà hàng</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chiều: đoàn ghé thăm </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nhà thuốc đông y.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quý khách dạo bước</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> trên Quan Âm Kiều, </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hòa mình vào không khí nhộn nhịp của thành phố. Tự do thưởng thức ẩm thực, mua sắm quà lưu niệm và lưu lại những khoảnh khắc check-in độc đáo bên dòng sông Gia Lăng và cây cầu Quan Âm Kiều lung linh. Quan Âm Kiều Có cảnh “</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tôi ở Trùng Khánh</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">” nổi tiếng để check-in. Xung quanh có phố ẩm thực, trung tâm thương mại, rất hợp để vừa dạo vừa chụp hình.</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Table5"/>
+              <w:tblW w:w="9898.0" w:type="dxa"/>
+              <w:jc w:val="left"/>
+              <w:tblBorders>
+                <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="0400"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4948"/>
+              <w:gridCol w:w="4950"/>
+              <w:tblGridChange w:id="0">
+                <w:tblGrid>
+                  <w:gridCol w:w="4948"/>
+                  <w:gridCol w:w="4950"/>
+                </w:tblGrid>
+              </w:tblGridChange>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:trHeight w:val="4352" w:hRule="atLeast"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr/>
+                    <w:drawing>
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="2042911" cy="2722279"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr descr="May be an image of 5 people, miniskirt, street, Times Square and text" id="1990793533" name="image14.jpg"/>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr descr="May be an image of 5 people, miniskirt, street, Times Square and text" id="0" name="image14.jpg"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId12"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="2042911" cy="2722279"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect"/>
+                                <a:ln/>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr/>
+                    <w:drawing>
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="1818088" cy="2728499"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr descr="May be an image of 4 people and text" id="1990793532" name="image4.jpg"/>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr descr="May be an image of 4 people and text" id="0" name="image4.jpg"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId13"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="1818088" cy="2728499"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect"/>
+                                <a:ln/>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn dùng bữa tối tại nhà hàng.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tùy chọn: </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Option</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Du thuyền đêm trên sông Hai </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(chi phí tự túc 280 Nhân dân tệ/người) đoàn đủ tối thiểu 10 người đăng kí mới tổ chức đi được )</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn nghỉ đêm tại Trùng Khánh. Khách sạn 4* địa phương.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dự kiến: Khách sạn Chongqing Jushangbin Days Inn or Vienna Yangjiaping Branch or similar</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...3870 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...1230 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="Table6"/>
+        <w:tblW w:w="10206.0" w:type="dxa"/>
         <w:jc w:val="left"/>
-        <w:tblInd w:w="478" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...5 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3420"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3000"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="8646"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="1560"/>
+            <w:gridCol w:w="8646"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="469" w:hRule="atLeast"/>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="00AF50"/>
+            <w:shd w:fill="0070c0" w:val="clear"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...5 lines deleted...]
-                <w:sz w:val="26"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...57 lines deleted...]
-              <w:t>HÀNH</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 3</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="00AF50"/>
+            <w:shd w:fill="0070c0" w:val="clear"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...5 lines deleted...]
-                <w:sz w:val="26"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...162 lines deleted...]
-              <w:t>N</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   TRÙNG KHÁNH ( ĂN SÁNG, TRƯA, TỐI )</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="504" w:hRule="atLeast"/>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:sz w:val="26"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...35 lines deleted...]
-              <w:t>14</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn dùng bữa sáng tại nhà hàng khách sạn. Sau bữa sáng đoàn tham quan:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cửa hàng cao su</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chùa La Hán Trùng </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Khánh là một ngôi cổ tự nổi tiếng ở thành phố Trùng Khánh, Trung Quốc, được biết đến với hơn một nghìn năm lịch sử và kiến trúc cổ kính. Ngôi chùa này thu hút du khách bởi không gian trang nghiêm, yên tĩnh, các pho tượng La Hán được tạc công phu và là điểm đến tâm linh hấp dẫn cho những ai yêu thích văn hóa Phật giáo và kiến trúc cổ ( bao gồm vé tham quan )</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Table7"/>
+              <w:tblW w:w="9975.0" w:type="dxa"/>
+              <w:jc w:val="left"/>
+              <w:tblBorders>
+                <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="0400"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4987"/>
+              <w:gridCol w:w="4988"/>
+              <w:tblGridChange w:id="0">
+                <w:tblGrid>
+                  <w:gridCol w:w="4987"/>
+                  <w:gridCol w:w="4988"/>
+                </w:tblGrid>
+              </w:tblGridChange>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
+                      <w:bCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr/>
+                    <w:drawing>
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="3041337" cy="2281152"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr descr="Có thể là hình ảnh về đền thờ" id="1990793535" name="image12.jpg"/>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr descr="Có thể là hình ảnh về đền thờ" id="0" name="image12.jpg"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId14"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="3041337" cy="2281152"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect"/>
+                                <a:ln/>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
+                      <w:bCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr/>
+                    <w:drawing>
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="3083039" cy="2312430"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr descr="Có thể là hình ảnh về đền thờ" id="1990793534" name="image5.jpg"/>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr descr="Có thể là hình ảnh về đền thờ" id="0" name="image5.jpg"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId15"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="3083039" cy="2312430"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect"/>
+                                <a:ln/>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:gridSpan w:val="2"/>
+                </w:tcPr>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Chùa La Hán Trùng Khánh (tên khác chùa Lỗ Hán )</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn dùng bữa trưa tại nhà hàng, chiều đoàn tham quan :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Check in bên ngoài tòa nhà Đũa </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nổi tiếng Trùng Khánh- Tòa nhà gây ấn tượng mạnh với mặt tiền là một mạng lưới các thanh dầm thép đan chéo vào nhau, sơn màu đỏ rực rỡ, giống như một bó đũa khổng lồ hoặc những chiếc đũa đang cắm vào món lẩu cay truyền thống của Trùng Khánh. Tọa lạc tại khu vực trung tâm, gần Đài tưởng niệm Giải phóng (Jiefangbei), rất dễ dàng tiếp cận và chụp ảnh. Khi màn đêm buông xuống, tòa nhà được chiếu sáng lung linh, tạo nên một khung cảnh tuyệt đẹp và nổi bật giữa lòng thành phố, rất phù hợp để chụp những bức ảnh sống ảo ấn tượng. Thiết kế còn lấy cảm hứng từ kiến trúc truyền thống Trung Quốc , mang ý nghĩa biểu tượng cho sự giao thoa giữa truyền thống và hiện đại.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tượng đài Giải phóng Nhân dân: </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Là một biểu tượng lịch sử quan trọng, kỷ niệm chiến thắng quân Nhật trong Thế chiến thứ hai và cột mốc quan trọng trong lịch sử Trung Quốc. </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phố đi bộ Giải phóng Bắc: </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Khu vực xung quanh tượng đài là một khu phố đi bộ sầm uất, tấp nập với nhiều trung tâm thương mại, cửa hàng thời trang, nhà hàng và khách sạn sang trọng. Bạn có thể chiêm ngưỡng những tòa nhà cao tầng và kiến trúc hiện đại xen kẽ với di tích lịch sử.</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Table8"/>
+              <w:tblW w:w="9926.0" w:type="dxa"/>
+              <w:jc w:val="left"/>
+              <w:tblBorders>
+                <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="0400"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4903"/>
+              <w:gridCol w:w="5023"/>
+              <w:tblGridChange w:id="0">
+                <w:tblGrid>
+                  <w:gridCol w:w="4903"/>
+                  <w:gridCol w:w="5023"/>
+                </w:tblGrid>
+              </w:tblGridChange>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:trHeight w:val="3290" w:hRule="atLeast"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
+                      <w:bCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
+                      <w:bCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                    <w:drawing>
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="2865120" cy="1910080"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr id="1990793538" name="image8.png"/>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr id="0" name="image8.png"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId16"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="2865120" cy="1910080"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect"/>
+                                <a:ln/>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
+                      <w:bCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr/>
+                    <w:drawing>
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="2885989" cy="1922579"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr id="1990793536" name="image15.png"/>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr id="0" name="image15.png"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId17"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm rot="10800000">
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="2885989" cy="1922579"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect"/>
+                                <a:ln/>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:trHeight w:val="634" w:hRule="atLeast"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Tòa nhà Đũa</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Tượng đài Giải phóng Nhân dân</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn dùng bữa tối tại nhà hàng.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hoặc tham gia </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Option</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tự phí nâng cấp lên lẩu </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tỳ Bà Viên</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> với chi phí tự túc (280 RMB/người) đoàn đủ tối thiểu 10 người đăng kí mới tổ chức đi được.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn nghỉ đêm tại Trùng Khánh. Khách sạn 4* địa phương.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dự kiến: Khách sạn Chongqing Jushangbin Days Inn or Vienna Yangjiaping Branch or similar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Table9"/>
+        <w:tblW w:w="10206.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblBorders>
+          <w:top w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="8646"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="1560"/>
+            <w:gridCol w:w="8646"/>
+          </w:tblGrid>
+        </w:tblGridChange>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="0070c0" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 4</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3630" w:type="dxa"/>
+            <w:shd w:fill="0070c0" w:val="clear"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:sz w:val="26"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...29 lines deleted...]
-              <w:t>2.500.000vnđ</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   TRÙNG KHÁNH ( ĂN SÁNG, TRƯA, TỐI )</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="504" w:hRule="atLeast"/>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="10"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Table10"/>
+              <w:tblW w:w="9975.0" w:type="dxa"/>
+              <w:jc w:val="left"/>
+              <w:tblBorders>
+                <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="0400"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4987"/>
+              <w:gridCol w:w="4988"/>
+              <w:tblGridChange w:id="0">
+                <w:tblGrid>
+                  <w:gridCol w:w="4987"/>
+                  <w:gridCol w:w="4988"/>
+                </w:tblGrid>
+              </w:tblGridChange>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr/>
+                    <w:drawing>
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="2484120" cy="1656080"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr descr="Tripadvisor | 重慶私人一日遊：熊貓，艾靈公園，三峽博物館| 中國" id="1990793537" name="image6.jpg"/>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr descr="Tripadvisor | 重慶私人一日遊：熊貓，艾靈公園，三峽博物館| 中國" id="0" name="image6.jpg"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId9"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="2484120" cy="1656080"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect"/>
+                                <a:ln/>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr/>
+                    <w:drawing>
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="3164554" cy="1662585"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr descr="湖广会馆门票- Klook客路" id="1990793539" name="image1.jpg"/>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr descr="湖广会馆门票- Klook客路" id="0" name="image1.jpg"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId18"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="3164554" cy="1662585"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect"/>
+                                <a:ln/>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Công viên Gấu trúc Trùng Khánh</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Hội Quán Hồ Quảng </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn dùng bữa sáng tại nhà hàng khách sạn. Sau bữa sáng đoàn tham quan:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Công viên Gấu trúc Trùng Khánh: </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn ghé thăm Công viên Gấu trúc, nơi du khách có thể tận mắt quan sát đời sống của những chú gấu trúc quý hiếm. Tự do chụp ảnh, khám phá môi trường sống tự nhiên của gấu trúc và tìm hiểu về công tác bảo tồn loài vật biểu tượng của Trung Quốc</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn dùng bữa trưa tại nhà hàng</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hội Quán Hồ Quảng – </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biểu Tượng Văn Hóa Di Dân Trùng Khánh: Hội quán Hồ Quảng là di tích lịch sử nổi bật tại quận Yuzhong, Trùng Khánh, được xây dựng từ thời nhà Thanh (năm 1759) và mở rộng năm 1846. Đây từng là trung tâm sinh hoạt, giao thương, hội họp của các dòng di dân từ Hồ Bắc và Hồ Nam (Hồ Quảng) khi đến Trùng Khánh. Hội quán nổi bật với kiến trúc cổ điển Trung Hoa, mái ngói uốn cong, hành lang, sân vườn và các chạm khắc gỗ tinh xảo, nhiều chi tiết lấy cảm hứng từ Tây Du Ký, Phong Thần, hay hình rồng phượng. Bên trong còn có rạp hát cổ và khu bảo tàng trưng bày hiện vật về đời sống, văn hóa của cộng đồng Hồ Quảng. Đây là di tích văn vật trọng điểm quốc gia, mang giá trị lịch sử, văn hóa và kiến trúc, đồng thời là điểm check-in hấp dẫn cho du khách muốn trải nghiệm không gian cổ kính và tìm hiểu về lịch sử di dân Trung Quốc.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn dùng bữa tối tại nhà hàng, sau bữa tối đoàn tham quan:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ngắm cảnh đêm Phố Cổ Hồng Nhai Động </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Khu phố cổ 11 tầng lầu với mái ngói rêu phong, hoa văn chạm trổ, phía sau là những tòa nhà chọc trời, nằm ở khu trung tâm thương mại thành phố Trùng Khánh, bên bờ sông Dương Tử, là điểm bờ sông giao nhau của hai con sông Trường Giang và sông Gia Linh</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="720" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Table11"/>
+              <w:tblW w:w="9975.0" w:type="dxa"/>
+              <w:jc w:val="left"/>
+              <w:tblBorders>
+                <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="0400"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4987"/>
+              <w:gridCol w:w="4988"/>
+              <w:tblGridChange w:id="0">
+                <w:tblGrid>
+                  <w:gridCol w:w="4987"/>
+                  <w:gridCol w:w="4988"/>
+                </w:tblGrid>
+              </w:tblGridChange>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr/>
+                    <w:drawing>
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="3030419" cy="2272962"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr id="1990793540" name="image7.jpg"/>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr id="0" name="image7.jpg"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId19"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="3030419" cy="2272962"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect"/>
+                                <a:ln/>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr/>
+                    <w:drawing>
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="3056203" cy="2292302"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr descr="Hồng Nhai Động lấp lánh trong màn đêm biểu tượng của Trùng Khánh" id="1990793541" name="image10.jpg"/>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr descr="Hồng Nhai Động lấp lánh trong màn đêm biểu tượng của Trùng Khánh" id="0" name="image10.jpg"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId20"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="3056203" cy="2292302"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect"/>
+                                <a:ln/>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:sz w:val="26"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...35 lines deleted...]
-              <w:t>04</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cảnh đêm Phố Cổ Hồng Nhai Động</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn nghỉ đêm tại Trùng Khánh. Khách sạn 4* địa phương.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dự kiến: Khách sạn Chongqing Jushangbin Days Inn or Vienna Yangjiaping Branch or similar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Table12"/>
+        <w:tblW w:w="10206.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblBorders>
+          <w:top w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="8646"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="1560"/>
+            <w:gridCol w:w="8646"/>
+          </w:tblGrid>
+        </w:tblGridChange>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="0070c0" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 5</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3630" w:type="dxa"/>
+            <w:shd w:fill="0070c0" w:val="clear"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="10"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRÙNG KHÁNH -HÀ NỘI ( ĂN SÁNG, TRƯA)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Table13"/>
+              <w:tblW w:w="9975.0" w:type="dxa"/>
+              <w:jc w:val="left"/>
+              <w:tblBorders>
+                <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="0400"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4987"/>
+              <w:gridCol w:w="4988"/>
+              <w:tblGridChange w:id="0">
+                <w:tblGrid>
+                  <w:gridCol w:w="4987"/>
+                  <w:gridCol w:w="4988"/>
+                </w:tblGrid>
+              </w:tblGridChange>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr/>
+                    <w:drawing>
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="3046735" cy="2281618"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr descr="Ga tàu điện chạy xuyên qua chung cư độc nhất thế giới ở Trung Quốc, khách  du lịch hôm nào cũng kéo đến check-in nườm nượp" id="1990793542" name="image3.jpg"/>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr descr="Ga tàu điện chạy xuyên qua chung cư độc nhất thế giới ở Trung Quốc, khách  du lịch hôm nào cũng kéo đến check-in nườm nượp" id="0" name="image3.jpg"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId21"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="3046735" cy="2281618"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect"/>
+                                <a:ln/>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr/>
+                    <w:drawing>
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="2768306" cy="2293640"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr descr="Địa điểm check-in độc lạ có một không hai ở Trùng Khánh thu hút nhiều du  khách - Tàu điện xuyên lầu Lý Tử Bá" id="1990793543" name="image16.png"/>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr descr="Địa điểm check-in độc lạ có một không hai ở Trùng Khánh thu hút nhiều du  khách - Tàu điện xuyên lầu Lý Tử Bá" id="0" name="image16.png"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId22"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="2768306" cy="2293640"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect"/>
+                                <a:ln/>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:gridSpan w:val="2"/>
+                </w:tcPr>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
+                  <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
+                      <w:color w:val="002060"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Ga tàu Lí Tử Bá ( Liziba )</w:t>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn dùng bữa sáng tại nhà hàng khách sạn, làm thủ tục trả phòng.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn tham quan </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cửa hàng trang sức</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ga tàu Lí Tử Bá ( Liziba )</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">đây là ga tàu điện xuyên qua chung cư 19 tầng “có một không hai tại Trung Quốc” Công trình tàu điện đặc biệt này là ga tàu Lý Tử Bá (Liziba) nằm ở quận Du Trung, thành phố Trùng Khánh, tận mắt chứng kiến cảnh "đoàn tàu lao thẳng vào tòa cao ốc" cực kì ấn tượng và thú vị </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(check in chụp hình bên dưới )</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn dùng bữa trưa tại nhà hàng, sau bữa trưa đoàn di chuyển ra sân bay. Dự kiến 15h45 quý khách có mặt tại sân bay Giang Bắc- Trùng Khánh làm thủ tục check in trở về Hà Nội.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chuyến bay dự kiến:  Trùng Khánh (CKG)- Hà Nội (HAN) West Air PN6423 18:45- 19:40 ( giờ địa phương)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hướng dẫn viên đưa đoàn về điểm đón ban đầu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kết thúc lịch trình.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tùy điều kiện thực tế trình tự tham quan có thể thay đổi nhưng vẫn bảo đảm đầy đủ điểm tham quan nêu trong chương trình.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LƯU Ý:</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu trường hợp quý khách hàng bị từ chối Visa Đoàn sẽ chuyển sang làm Visa Lẻ tại ĐSQ TQ ở Hà Nội (Nếu đủ thời gian) và chi phí phát sinh </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.000.000 VNĐ</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/khách. Nếu quý khách hàng từ chối làm Visa Lẻ thì sẽ chịu hủy phạt theo quy định đã thể hiện trên hợp đồng. Phụ phí visa lẻ có thể thay đổi khi trung tâm visa thông báo thay đổi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BÁO GIÁ TOUR (VND)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Table14"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:topFromText="0" w:bottomFromText="0" w:vertAnchor="text" w:horzAnchor="text" w:tblpX="0" w:tblpY="179"/>
+        <w:tblW w:w="10486.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblBorders>
+          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="3154"/>
+        <w:gridCol w:w="2904"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="4428"/>
+            <w:gridCol w:w="3154"/>
+            <w:gridCol w:w="2904"/>
+          </w:tblGrid>
+        </w:tblGridChange>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="1152" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="1350"/>
+                <w:tab w:val="left" w:leader="none" w:pos="1418"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:sz w:val="26"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>11.590.000vnđ</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY KHỞI HÀNH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="10"/>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="1350"/>
+                <w:tab w:val="left" w:leader="none" w:pos="1418"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:sz w:val="26"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>2.500.000vnđ</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGƯỜI LỚN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="1350"/>
+                <w:tab w:val="left" w:leader="none" w:pos="1418"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRẺ EM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="1350"/>
+                <w:tab w:val="left" w:leader="none" w:pos="1418"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(2 – 10 tuổi)</w:t>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ngủ chung giường với người lớn</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="388" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tháng 03: 4, 11, 18, 25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tháng 04: 1, 8, 15, 22</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="1350"/>
+                <w:tab w:val="left" w:leader="none" w:pos="1418"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ee0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90.000VNĐ</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="0070c0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="0070c0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90% giá NL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="388" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tháng 04: 29 [ Lễ ]</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="1350"/>
+                <w:tab w:val="left" w:leader="none" w:pos="1418"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17.990.000VNĐ</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="388" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tháng 05: 6, 13, 20, 27</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="1350"/>
+                <w:tab w:val="left" w:leader="none" w:pos="1418"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12.990.000VNĐ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...334 lines deleted...]
-        </mc:AlternateContent>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DỊCH VỤ BAO GỒM</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...122 lines deleted...]
-        <w:t>i 20kg)</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vé máy bay quốc tế chặng Hà Nội – Trùng Khánh (7kg hành lý xách tay + 01 kiện ký gửi 20kg)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...32 lines deleted...]
-        <w:t>đoàn.</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Visa đoàn.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...362 lines deleted...]
-        <w:t>t.</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khách sạn tiêu chuẩn 4 sao địa phương, 2 người một phòng. Khách sạn không có phòng triple, nếu đi 3 người sẽ kê extra bed, trong trường hợp khách sạn không đáp ứng kê được extra bed quý khách đóng phòng đơn, hoặc ngủ chung phòng dành cho 2 người có thể bị chật.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...231 lines deleted...]
-        <w:t>i)</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các bữa ăn theo chương trình (mức ăn 40 NDT/bữa/người)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...92 lines deleted...]
-        <w:t>chai/ngày/khách.</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nước uống 1 chai/ngày/khách.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...266 lines deleted...]
-        <w:t>trình</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phương tiện vận chuyển phục vụ tham quan theo chương trình</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...197 lines deleted...]
-        <w:t>trình</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phí tham quan vào cửa 1 lần theo chương trình</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...404 lines deleted...]
-        <w:t>n.</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hướng dẫn viên từ Việt Nam</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và hướng dẫn viên địa phương phục vụ suốt tuyến.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...161 lines deleted...]
-        <w:t>ế</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bảo hiểm du lịch quốc tế mức đền bù tối đa trong trường hợp cao nhất 200.000.000vnđ/1 vụ.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...176 lines deleted...]
-        <w:t>)</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quà tặng từ công ty (mũ du lịch )</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...370 lines deleted...]
-        </mc:AlternateContent>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DỊCH VỤ KHÔNG BAO GỒM</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:tabs>
-[...103 lines deleted...]
-        <w:t>u.</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chi phí làm hộ chiếu.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:tabs>
-[...197 lines deleted...]
-        <w:t>u.</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phụ thu phòng đơn 2.500.000vnđ/1 người cho ngày thường ( Lễ Tết phòng đơn 7.000.000vnđ/1 người )</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:tabs>
-[...152 lines deleted...]
-        <w:t>bay.</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chi phí làm visa tái nhập cảnh Việt Nam đối với khách Việt kiều, ngoại kiều.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:tabs>
-[...160 lines deleted...]
-        <w:t>KS</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hành lý quá cước trên các chuyến bay.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:tabs>
-[...252 lines deleted...]
-        <w:t> trình.</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các chi phí cá nhân như điện thoại, Internet, giặt ủi, thức ăn nước uống trong phòng KS</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:tabs>
-[...49 lines deleted...]
-        <w:t>n</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các dịch vụ sản phẩm không đề cập trong chương trình. </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:tabs>
-[...303 lines deleted...]
-        <w:t>trình)</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Show diễn</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...199 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:tabs>
-[...273 lines deleted...]
-        <w:t>em vui lòng thanh toán 100% giá tour.</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tiền TIP cho hướng dẫn viên, lái xe, local guide </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5$/ngày/người (25$/1 hành trình)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LƯU Ý</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...673 lines deleted...]
-        <w:t>i đi cùng.</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Giá tính cho trẻ em từ 2 dưới 10 tuổi ngủ chung giường với bố mẹ là 90%, nếu Quý khách có yêu cầu ngủ riêng cho trẻ em vui lòng thanh toán 100% giá tour.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...346 lines deleted...]
-        <w:t>c.</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Giá áp dụng cho khách hàng từ 12 tuổi đến 69 tuổi, từ 70 tuổi trở lên sẽ đóng thêm chênh lệch cho mức phí bảo hiểm cao cấp, từ 75 tuổi trở lên thêm 250.000vnđ/1 người và yêu cầu phải có giấy chứng nhận đầy đủ sức khỏe để đi du lịch nước ngoài của cơ quan y tế có thẩm quyền cấp và phải có người thân khỏe mạnh dưới 60 tuổi đi cùng.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...744 lines deleted...]
-        <w:t>c đó</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bất cứ một hình thức bỏ hoặc không sử dụng dịch vụ gì tại nước ngoài đều không được hoàn lại tiền vì mọi dịch vụ đã được thanh toán trước.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...330 lines deleted...]
-        <w:t>ng riêng</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do tính chất là đoàn ghép khách lẻ, Công ty sẽ có trách nhiệm thu nhận khách cho đủ đoàn (từ 20 khách người lớn trở lên) thì đoàn sẽ khởi hành đúng lịch trình. Nếu số lượng đoàn dưới 20 khách, Công ty sẽ thông báo cho khách muộn nhất trước ngày khởi hành 04 ngày và sẽ thỏa thuận lại ngày khởi hành mới, hoặc hoàn trả lại toàn bộ số tiền cho khách đã thanh toán trước đó</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...530 lines deleted...]
-        <w:t>ả</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trong trường hợp chỉ có 1 khách (người lớn) đi với 1 trẻ em dưới 12 tuổi (không có chế độ giường riêng), Quý khách vui lòng thanh toán theo giá người lớn để bé có chế độ giường riêng</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...15 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...1096 lines deleted...]
-        <w:t>m.</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trường hợp Quý khách không được xuất cảnh và nhập cảnh vì lý do cá nhân (như hình ảnh, thông tin giấy tờ trong bản gốc bị mờ, không rõ ràng, passport hết hạn, không đúng quy định,…) Công ty sẽ không chịu trách nhiệm và sẽ không hoàn trả tiền tour. Hướng dẫn viên Công ty sẽ hỗ trợ và tìm biện pháp giải quyết tốt nhất cho Quý khách, mọi chi phí phát sinh do khách hàng chi trả</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...192 lines deleted...]
-        <w:t>i</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đối với trường hợp khách làm phẫu thuật thẩm mỹ khuôn mặt, bắt buộc phải làm lại hộ chiếu. Trường hợp khách không làm lại hộ chiếu công ty sẽ không chịu trách nhiệm về vấn đề xuất nhập cảnh của khách. Mọi chi phí về hủy phạt dịch vụ khách hàng sẽ phải tự chịu trách nhiệm.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...397 lines deleted...]
-        <w:t>c.</w:t>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đây là tour trợ giá từ chính phủ Trung Quốc Quý khách vui lòng tham gia đầy đủ các 03 điểm shopping bắt buộc chỉ định trong chương trình gồm các điểm shop: Cao su, Thuốc, Trang sức.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hộ chiếu phải còn thời hạn sử dụng trên 6 tháng (tính đến ngày kết thúc tour)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...394 lines deleted...]
-        <w:t>)</w:t>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chương trình có thể thay đổi thứ tự theo tình hình thực tế, nhưng vẫn bảo đảm đi đầy đủ điểm tham quan.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...477 lines deleted...]
-        <w:t>m tham quan.</w:t>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suốt hành trình quý khách không được tự ý rời đoàn. Nếu quý khách có người nhà tại nước sở tại muốn đi theo chương trình, vui lòng liên hệ với công ty du lịch trước khi khởi hành.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...606 lines deleted...]
-        <w:t>i hành.</w:t>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trong những trường hợp khách quan như : khủng bố, thiên tai…hoặc do có sự cố, có sự thay đổi lịch trình của các phương tiện vận chuyển công cộng như : máy bay, tàu hỏa…thì Công ty sẽ giữ quyền thay đổi lộ trình bất cứ lúc nào vì sự thuận tiện, an toàn cho khách hàng và sẽ không chịu trách nhiệm bồi thường những thiệt hại phát sinh**.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...1077 lines deleted...]
-        <w:t>sinh**.</w:t>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khách hàng cần hoàn thành nghĩa vụ nộp các loại thuế theo Pháp luật (bao gồm cả thuế Thu nhập cá nhân, Doanh nghiệp, hộ cá thể...) trước khi xuất cảnh, vì hiện tại Hải quan đã check được trên hệ thống. Công ty du lịch không chịu trách nhiệm khi Quý khách không xuất cảnh được với lí do chưa hoàn thành nghĩa vụ nộp thuế.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...762 lines deleted...]
-        <w:t>.</w:t>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tất cả các dịch vụ không sử dụng sẽ không được hoàn lại.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:tabs>
-[...300 lines deleted...]
-        <w:t>i.</w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quý khách chú ý vui lòng đọc kĩ các thông tin dưới đây trước khi đăng kí tour:</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p>
-[...282 lines deleted...]
-        <w:t>tour:</w:t>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Lịch trình trong tour khởi hành từ Hà Nội, tour sử dụng vé đoàn, giờ bay trong tour là chuyến bay dự kiến theo tình hình hiện tại, phía Hàng Không có thể điều chỉnh thay đổi giờ bay, phía công ty du lịch được miễn trừ trách nhiệm với các vấn đề phát sinh chi phí của khách hàng (ví dụ: khách tự đặt vé lẻ từ nơi khác đến Hà Nội, …) </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1204 lines deleted...]
-        <w:t>i, …)</w:t>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Đối với khách hàng đăng ký tour mà phải chốt xuất vé lẻ (vì vé đoàn đã hết) thì những khách này sẽ phải theo điều kiện vé của hãng Hàng Không. Trường hợp tour bị hủy do các sự kiện bất khả kháng như thay đổi chính sách visa nước đến (Trung Quốc), mưa bão, chiến tranh… quý khách sẽ được hoàn lại số tiền đã thanh toán sau khi trừ đi các chi phí không được hoàn lại (theo quy định của vé lẻ của từng Hãng Hàng Không), mong quý khách thông cảm không khiếu nại.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1488 lines deleted...]
-        <w:t>i.</w:t>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">THỦ TỤC VISA:</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p>
-[...88 lines deleted...]
-        <w:tab/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1/ Ảnh Hộ chiếu gốc còn hạn trên 6 tháng so với ngày kết thúc tour còn ít nhất 02 trang trắng (Định dạng JPG)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...533 lines deleted...]
-        <w:t>JPG)</w:t>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2/ Ảnh chân dung 4X6 nền trắng, mặc áo có màu, khộng đeo trang sức (Định dạng JPG)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...853 lines deleted...]
-        <w:t>u)</w:t>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2/ Đối với trẻ em dưới 18 tuổi ngoài các giấy tờ trên cung cấp thêm Scan giấy khai sinh bản gốc định dạng JPG, nếu chỉ đi cùng bố hoặc mẹ thì sẽ cung cấp thêm ủy quyền của người ko đi cùng (Nếu bố mẹ ly hôn thì sẽ nộp quyết định ly hôn bản gốc để đối chiếu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f497d"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="620" w:bottom="280" w:left="425" w:right="425"/>
+      <w:headerReference r:id="rId23" w:type="default"/>
+      <w:footerReference r:id="rId24" w:type="default"/>
+      <w:pgSz w:h="16839" w:w="11907" w:orient="portrait"/>
+      <w:pgMar w:bottom="426" w:top="1440" w:left="993" w:right="708" w:header="284" w:footer="720"/>
+      <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...16 lines deleted...]
-    <w:pitch w:val="variable"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:font w:name="Calibri"/>
+  <w:font w:name="Times New Roman"/>
+  <w:font w:name="Georgia"/>
+  <w:font w:name="Cambria"/>
+  <w:font w:name="Arial"/>
+  <w:font w:name="Courier New"/>
+  <w:font w:name="Noto Sans Symbols">
+    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
+    <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:multiLevelType w:val="hybridMultilevel"/>
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
-      <w:start w:val="0"/>
-[...21 lines deleted...]
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1288" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-        <w:w w:val="100"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="2366" w:hanging="360"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="3452" w:hanging="360"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="4539" w:hanging="360"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="5625" w:hanging="360"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="6711" w:hanging="360"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="7798" w:hanging="360"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="8884" w:hanging="360"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:multiLevelType w:val="hybridMultilevel"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1288" w:hanging="360"/>
-[...7 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:multiLevelType w:val="hybridMultilevel"/>
+  <w:abstractNum w:abstractNumId="9">
     <w:lvl w:ilvl="0">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1288" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="2257" w:hanging="360"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="3235" w:hanging="360"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="4213" w:hanging="360"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="5190" w:hanging="360"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="6168" w:hanging="360"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="7146" w:hanging="360"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="8123" w:hanging="360"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="9101" w:hanging="360"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="0">
-    <w:multiLevelType w:val="hybridMultilevel"/>
+  <w:abstractNum w:abstractNumId="10">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria" w:cs="Cambria"/>
-[...9 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="2257" w:hanging="270"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="3235" w:hanging="270"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="4213" w:hanging="270"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="5190" w:hanging="270"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="6168" w:hanging="270"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="7146" w:hanging="270"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="8123" w:hanging="270"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="9101" w:hanging="270"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="4">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-[...1 lines deleted...]
-  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
+    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
+        <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
-[...10 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="0" w:type="dxa"/>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
-[...3 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+    <w:name w:val="normal"/>
   </w:style>
-  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
-[...3 lines deleted...]
-    <w:pPr/>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria" w:cs="Cambria"/>
-      <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="BodyText" w:type="paragraph">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:ind w:left="1287"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria" w:cs="Cambria"/>
-[...2 lines deleted...]
-      <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="Heading1" w:type="paragraph">
-    <w:name w:val="Heading 1"/>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:ind w:left="621" w:right="246"/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria" w:cs="Cambria"/>
-[...4 lines deleted...]
-      <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="Heading2" w:type="paragraph">
-    <w:name w:val="Heading 2"/>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:spacing w:before="8"/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="2"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria" w:cs="Cambria"/>
-[...5 lines deleted...]
-      <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="Heading3" w:type="paragraph">
-    <w:name w:val="Heading 3"/>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:spacing w:before="2"/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="3"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria" w:cs="Cambria"/>
-[...4 lines deleted...]
-      <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="Title" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:spacing w:before="74"/>
-      <w:ind w:left="621" w:right="478"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="-540" w:right="-900" w:hanging="180"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria" w:cs="Cambria"/>
-[...4 lines deleted...]
-      <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="ListParagraph" w:type="paragraph">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+    <w:tblPr>
+      <w:tblInd w:w="0.0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal0" w:customStyle="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+    <w:rsid w:val="00C41CDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden w:val="1"/>
+    <w:rsid w:val="00C41CDE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed w:val="1"/>
+    <w:rsid w:val="00CD678D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CD678D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed w:val="1"/>
+    <w:rsid w:val="00CD678D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CD678D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="NoSpacingChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat w:val="1"/>
+    <w:rsid w:val="00164526"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:qFormat w:val="1"/>
+    <w:rsid w:val="00A56393"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:left w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:bottom w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:right w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:insideH w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:insideV w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:unhideWhenUsed w:val="1"/>
+    <w:rsid w:val="00511BEB"/>
+    <w:rPr>
+      <w:color w:val="0000ff"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat w:val="1"/>
+    <w:rsid w:val="00795BDD"/>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="doan1" w:customStyle="1">
+    <w:name w:val="doan1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat w:val="1"/>
+    <w:rsid w:val="0083644B"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="fontstyle01" w:customStyle="1">
+    <w:name w:val="fontstyle01"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="000F1DC6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="fontstyle21" w:customStyle="1">
+    <w:name w:val="fontstyle21"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="000F1DC6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:hint="default"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="NoSpacingChar" w:customStyle="1">
+    <w:name w:val="No Spacing Char"/>
+    <w:link w:val="NoSpacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat w:val="1"/>
+    <w:rsid w:val="00502094"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:rsid w:val="00DA76A1"/>
+    <w:rPr>
+      <w:rFonts w:ascii=".VnTimeH" w:eastAsia="SimSun" w:hAnsi=".VnTimeH"/>
+      <w:b w:val="1"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat w:val="1"/>
+    <w:rsid w:val="00DA76A1"/>
     <w:pPr>
-      <w:ind w:left="1287" w:hanging="360"/>
-      <w:jc w:val="both"/>
+      <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria" w:cs="Cambria"/>
-      <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="TableParagraph" w:type="paragraph">
-    <w:name w:val="Table Paragraph"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention1" w:customStyle="1">
+    <w:name w:val="Unresolved Mention1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+    <w:rsid w:val="00BA3B5B"/>
+    <w:rPr>
+      <w:color w:val="605e5c"/>
+      <w:shd w:color="auto" w:fill="e1dfdd" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed w:val="1"/>
+    <w:rsid w:val="009054FD"/>
     <w:pPr>
-      <w:spacing w:before="5"/>
-      <w:ind w:left="114"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria" w:cs="Cambria"/>
-      <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="apple-converted-space" w:customStyle="1">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00480061"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+    <w:rsid w:val="003E720D"/>
+    <w:rPr>
+      <w:color w:val="605e5c"/>
+      <w:shd w:color="auto" w:fill="e1dfdd" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a0" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a1" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a2" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a5" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a7" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a9" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="aa" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ab" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table2">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table3">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table4">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table5">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table6">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table7">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table8">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table9">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table10">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table11">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table12">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table13">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table14">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/></Relationships>
+</file>
 
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
-<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-</Properties>
+<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjY1nnj1WKecjq1zgLgXXDLASPR9g==">CgMxLjA4AHIhMUdtQk9Ub2NOTHphcGM0dzFIalFhelpoMllidzBPS0dX</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:creator>dung nguyen</dc:creator>
 </cp:coreProperties>
 </file>
-
-[...12 lines deleted...]
-</file>