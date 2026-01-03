--- v0 (2025-10-01)
+++ v1 (2026-01-03)
@@ -1,6643 +1,7296 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
-  <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
-          <w:color w:val="ffc000"/>
-[...119 lines deleted...]
-        </mc:AlternateContent>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">THƯỞNG NGOẠN MÙA THU GIANG NAM </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:color w:val="02767b"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">THƯỢNG HẢI – Ô TRẤN – HÀNG CHÂU</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
-          <w:sz w:val="48"/>
-[...8 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+        <w:t xml:space="preserve">Chương trình thiết kế - hành trình thong thả</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
-        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
-          <w:i w:val="1"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Thời gian: 5 ngày 4 đêm (bay ngày về đêm)</w:t>
+          <w:color w:val="c00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="c00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NO SHOPPING</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
-          <w:i w:val="1"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Hãng hàng không - China Eastern Airlines</w:t>
+          <w:color w:val="c00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="c00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thời gian: 5 ngày 4 đêm (bay ngày về đêm)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:color w:val="c00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="c00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hãng hàng không - China Eastern Airlines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
-            <wp:extent cx="6936457" cy="4390101"/>
+            <wp:extent cx="6582073" cy="4251320"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="Thượng Hải - Thành phố đông dân nhất thế giới" id="18" name="image8.jpg"/>
+            <wp:docPr descr="Du lịch Ô Trấn - Khám phá vẻ đẹp cổ trấn ở Giang Nam" id="3" name="image4.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="Thượng Hải - Thành phố đông dân nhất thế giới" id="0" name="image8.jpg"/>
+                    <pic:cNvPr descr="Du lịch Ô Trấn - Khám phá vẻ đẹp cổ trấn ở Giang Nam" id="0" name="image4.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId6"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6936457" cy="4390101"/>
+                      <a:ext cx="6582073" cy="4251320"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hành trình đậm chất văn hóa thiên nhiên – giải trí giữa lòng miền Đông Trung Quốc. Chuyến đi đưa bạn băng qua những vùng đất huyền thoại của phương Nam, nơi thơ ca và phong cảnh quyện hoà, nơi hiện đại và cổ kính đan xen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hàng Châu</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Huyền ảo Cửu Khê, cổ kính Lục Hòa:Dạo bước giữa rừng suối sương mù Cửu Khê Yên Thụ, cảm nhận vẻ đẹp siêu thực như lạc vào truyện cổ. Ghé Tháp Lục Hòa bên sông Tiền Đường – công trình từ thời Tống mang đậm dấu ấn lịch sử và tâm linh.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:color w:val="212529"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ô Trấn</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:color w:val="212529"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xinh đẹp – nơi có những công trình nhuốm màu thời gian, mang theo vẻ cổ kính đẹp đến mê lòng khách thập phương. Không chỉ gìn giữ được gần như nguyên vẹn nét đẹp xưa cũ của phong cách kiến trúc cổ, cuộc sống yên bình của người dân nơi đây cũng hấp dẫn du khách đến lạ lùng.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve">Thượng Hải</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-          <w:color w:val="c00000"/>
-[...15 lines deleted...]
-        <w:spacing w:before="240" w:lineRule="auto"/>
+          <w:i w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Thành phố không ngủ:Khám phá sự hoa lệ của Lục Gia Chủy, Nam Kinh Lộ, và những khu phố mang phong cách cổ điển như Tân Thiên Địa. Gợi ý trải nghiệm du thuyền ngắm cảnh đêm sông Hoàng Phố – nơi cổ và kim đối thoại qua ánh đèn rực rỡ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="0"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:i w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:i w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỂM NHẤN TRONG CHƯƠNG TRÌNH</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:i w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
-      <w:pPr>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
-[...211 lines deleted...]
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tour No shopping, hành trình thong thả, giờ bay đẹp!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xe siêu xịn với loại xe VIP 2+1 hàng ghế</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tặng quý khách 1 bữa lẩu tại Hàng Châu trị giá 100 tệ </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tặng quý khách 1 bữa nướng tại Thượng Hải 100 tệ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thưởng thức món Tiểu Long Bao nổi tiếng tại Thượng Hải </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trải nghiệm Cơm/Mỳ cua lông tại Thượng Hải </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trải nghiệm 1 bữa mỳ  tại nhà hàng có tuổi đời hơn 100 năm  từ đời nhà Thanh tại Hàng Châu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thời gian du lịch được trọn vẹn trong 5 ngày 4 đêm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Điểm đến đặc sắc, mới lạ không nhàm chán : Du thuyền Tây Hồ, Đầm lầy Thanh Sơn, Công viên Bắc Bến Thượng Hải, Quán café Rei Flower coffee và các điểm check in hottrend</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khách sạn 5 sao trung tâm Ô Trấn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="240" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khách sạn 4 sao siêu trung tâm Thượng Hải cách bến Thượng Hải 1-2km</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+      <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">----LỊCH TRÌNH CHI TIẾT -----</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="10765.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1612"/>
         <w:gridCol w:w="5610"/>
         <w:gridCol w:w="3543"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="1612"/>
             <w:gridCol w:w="5610"/>
             <w:gridCol w:w="3543"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="446" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
-              <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NGÀY 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
-              <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">HÀ NỘI – THƯỢNG HẢI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1302"/>
               </w:tabs>
-              <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Ăn Tối)</w:t>
+              <w:t xml:space="preserve">(Ăn tối)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">11h00</w:t>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10h30</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Xe và HDV của công ty đón quý khách tại điểm hẹn ở Hà Nội, đưa quý khách ra sân bay Nội Bài để đáp chuyến bay </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">MU6012 (15:00 – 19:20)</w:t>
+        <w:t xml:space="preserve">MU6012 (14:20 – 18:40)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> đến Thượng Hải. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...39 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đoàn ăn tối tại nhà hàng. Sau đó quý khách có thể tự do vui chơi Thượng Hải về đêm </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="280" w:before="280" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nghỉ đêm tại khách sạn trung tâm Thượng Hải (khách sạn dự kiến Liyi Shanghai Hotel)</w:t>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nghỉ đêm tại khách sạn siêu trung tâm Thượng Hải  - </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khách sạn Orange Crystal Bến Thượng Hải – Vườn Dự Viên  Hoặc Holiday Inn Express Bến Thượng Hải</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table2"/>
         <w:tblW w:w="10765.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1522"/>
         <w:gridCol w:w="5760"/>
         <w:gridCol w:w="3483"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="1522"/>
             <w:gridCol w:w="5760"/>
             <w:gridCol w:w="3483"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="585" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
-              <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NGÀY 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
-              <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">THƯỢNG HẢI </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
-              <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Ăn sáng,Trưa, Tối)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sáng 9h</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Sau bữa sáng, đưa đoàn tham quan : </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Check in tại quán </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">café Rei Flower Coffee</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nằm dọc theo Sông Tô Châu  để ngắm nhìn bến Thượng Hải ( chưa bao gồm đồ uống )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>4815205</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>4600575</wp:posOffset>
             </wp:positionH>
-            <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>10795</wp:posOffset>
+            <wp:positionV relativeFrom="page">
+              <wp:posOffset>362176</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1898015" cy="1818005"/>
+            <wp:extent cx="2156460" cy="1971675"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="114300" distR="114300"/>
-            <wp:docPr descr="A person sitting at a table with a city in the background&#10;&#10;AI-generated content may be incorrect." id="17" name="image3.jpg"/>
+            <wp:docPr id="7" name="image1.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="A person sitting at a table with a city in the background&#10;&#10;AI-generated content may be incorrect." id="0" name="image3.jpg"/>
+                    <pic:cNvPr id="0" name="image1.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9"/>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1898015" cy="1818005"/>
+                      <a:ext cx="2156460" cy="1971675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Công Viên </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bắc Bến Thượng Hải : </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chiêm ngưỡng Bến Thượng Hải vào ban ngày, địa điểm này có thể chiêm ngưỡng các biểu tượng của Thượng Hải rất gần </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đoàn ăn cơm trưa tại nhà hàng Chiều đoàn tham quan </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="450"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sau khi ăn trưa trưa , </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quý khách có thể lựa chọn tách đoàn để đi công viên Disneyland (Chi phí báo tại thời điểm – các chi phí vé thăm quan hay bữa ăn khi tách đoàn sẽ không được hoàn lại)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...314 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tham quan </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Miếu Thành Hoàng </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-          <w:color w:val="000000"/>
-[...73 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– Miếu Thành Hoàng mang phong cách cổ từ thời nhà Minh, nhà Thanh và cho đến nay đã có lịch sử hơn 400 năm. Đây cũng là nét đặc trưng  theo lối kiến trúc nhà cổ ở Thượng hải với những chiếc đèn lồng đỏ được treo – những hình ảnh mà ta chỉ còn được nhìn thấy trên các phim truyền hình Trung Hoa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720" w:firstLine="0"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tòa nhà Quốc tế Bến Thượng Hải  - </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nằm dọc theo bờ Tây củ</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a con sông Hoàng Phố với chiều dài khoảng 1,6 km. Hiện nay, bến cảng không còn tàu bè qua lại, chỉ thuần tuý là một địa điểm tham quan du lịch. Chạy dọc bến tàu là những toà nhà lớn với đa dạng các kiểu kiến trúc khác nhau, từ Gothic, Phục Hưng, Romanesque cho đến Baroque. Các công trình theo lối kiến trúc cổ điển và tân cổ điển hầu hết được xây dựng từ đầu thế kỷ XX.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Lục Gia Chủy</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> là khu tài chính của Thượng Hải, được biết đến với những tòa nhà chọc trời hiện đại như Tháp Thượng Hải với một đài quan sát trên cao, </w:t>
-[...7 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+        <w:t xml:space="preserve"> là khu tài chính của Thượng Hải, được biết đến với những tòa nhà chọc trời hiện đại như Tháp Thượng Hải với một đài quan sát trên cao</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720" w:firstLine="0"/>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chụp ảnh với du thuyền Louis</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – biểu tượng của giới thượng lưu Thượng Hải </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(chụp ảnh ngoại cảnh)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đoàn tự do mua sắm tại </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phố đi bộ Nam Kinh</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phố Nam Kinh, một trong những điểm đến độc đáo tại Trung Quốc, là biểu tượng của sự pha trộn tinh tế giữa văn hóa truyền thống và sự hiện đại sôi động. Nằm ở trung tâm thành phố Nam Kinh, phố này không chỉ là nơi quy tụ những di tích lịch sử và kiến trúc cổ kính mà còn là trái tim sôi động của cuộc sống đô thị.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>4784725</wp:posOffset>
+              <wp:posOffset>4600575</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>635</wp:posOffset>
+              <wp:posOffset>161925</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2065020" cy="1673225"/>
+            <wp:extent cx="2276475" cy="1460888"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="114300" distR="114300"/>
-            <wp:docPr descr="Thăm công viên Hoàng Phố tại Bến Thượng Hải" id="22" name="image5.jpg"/>
+            <wp:docPr descr="Đại lộ Nam Kinh - Con phố mua sắm sầm uất Thượng Hải" id="2" name="image7.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="Thăm công viên Hoàng Phố tại Bến Thượng Hải" id="0" name="image5.jpg"/>
+                    <pic:cNvPr descr="Đại lộ Nam Kinh - Con phố mua sắm sầm uất Thượng Hải" id="0" name="image7.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId8"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2065020" cy="1673225"/>
+                      <a:ext cx="2276475" cy="1460888"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="284" w:firstLine="0"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sau ăn tối, Quý khách có thể tham gia </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:i w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Chương trình du thuyền trên sông Hoàng Phố</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ngắm cảnh đẹp hai bờ Tây – Đông thành phố Thượng Hải dưới những ánh đèn đủ màu sắc của các toà nhà cao tầng dọc hai bên sông hoặc đi tàu điện ngầm khám phá thành phố Thượng Hải về đêm </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:i w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">(chi phí tự túc, khoảng 300 tệ/khách)</w:t>
+        <w:t xml:space="preserve">(chi phí tự túc, khoảng 200 tệ/khách)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...45 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="280" w:before="280" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nghỉ đêm tại khách sạn siêu trung tâm Thượng Hải  - </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nghỉ đêm tại khách sạn ở Thượng Hải.</w:t>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khách sạn Orange Crystal Bến Thượng Hải – Vườn Dự Viên  Hoặc Holiday Inn Express Bến Thượng Hải</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table3"/>
-        <w:tblW w:w="10481.0" w:type="dxa"/>
+        <w:tblW w:w="10482.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1469"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="1470"/>
+        <w:gridCol w:w="5610"/>
+        <w:gridCol w:w="3402"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
-            <w:gridCol w:w="1469"/>
-[...1 lines deleted...]
-            <w:gridCol w:w="3969"/>
+            <w:gridCol w:w="1470"/>
+            <w:gridCol w:w="5610"/>
+            <w:gridCol w:w="3402"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="424" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
-              <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NGÀY 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
-              <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">THƯỢNG HẢI  - HÀNG CHÂU</w:t>
+              <w:t xml:space="preserve">THƯỢNG HẢI  -  HÀNG CHÂU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
-              <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Ăn Sáng, Trưa,  Tối)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...26 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sau khi ăn sáng, Xe và Hướng dẫn đưa khách đi Hàng Châu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thưởng ngoạn du thuyền</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tây Hồ Hàng Châu - </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">được xem là đẹp và nên thơ nhất trong hơn 36 hồ có cùng tên ở Trung Quốc, ngắm Quả sơn, Đoạn kiều, Trường kiều, Tô Đê, Bạch Đê, Tam Đàn Ấn Nguyệt và Hoa Cảng Quan Ngư (bên ngoài) gắn liền với những truyền thuyết về Lương Sơn Bá - Chúc Anh Đài,  Thanh xà - Bạch xà, và các tác phẩm của nhà thơ Lý Bạch.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quý khách ăn trưa nhà hàng</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...58 lines deleted...]
-      <w:pPr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_vnio2t1x2t76" w:id="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tháp Lục Hòa</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> là một công trình kiến trúc cổ kính từ thời nhà Tống, cao 13 tầng, sừng sững bên dòng sông Tiền Đường hùng vĩ của Hàng Châu. Ngọn tháp không chỉ là biểu tượng tâm linh quan trọng mà còn là di sản kiến trúc độc đáo, thu hút nhiều du khách và nhiếp ảnh gia. Du khách sẽ được tham quan ngoại cảnh tháp và tận hưởng vẻ đẹp cổ kính của nó. Vé vào cổng đã bao gồm trong tour, tuy nhiên vé để lên tháp </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">không được bao gồm</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và có thể mua riêng nếu muốn</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:drawing>
+          <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4329113</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>219075</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2416175" cy="2095500"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="114300" distR="114300"/>
+            <wp:docPr descr="Tháp Lục Hòa – Báu vật vô giá bên sông Tiền Đường" id="4" name="image5.jpg"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr descr="Tháp Lục Hòa – Báu vật vô giá bên sông Tiền Đường" id="0" name="image5.jpg"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2416175" cy="2095500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...55 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mua sắm tại G20</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">City Balcony Outlet</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hàng hiệu - Tọa lạc ngay tại trung tâm Hàng Châu, </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G20 City Balcony</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> là khu tổ hợp mua sắm cao cấp với kiến trúc hiện đại, nơi quy tụ hàng chục thương hiệu thời trang nổi tiếng  quốc tế. Không chỉ là thiên đường shopping với mức giá outlet hấp dẫn quanh năm, nơi đây còn có không gian mở tuyệt đẹp, hướng nhìn ra sông và những công trình biểu tượng của thành phố.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="360" w:firstLine="90"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sau bữa tối tại nhà hàng, đoàn có thể thưởng thức </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:i w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">chương trình Tống Thành (chi phí tự túc, khoảng 380 tệ/khách)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nổi tiếng dàn dựng công phu với nghệ thuật hiệu ứng ánh sáng, 3D và laser hiện đại tái hiện lịch sử, giai thoại nổi tiếng ở vùng đất Hàng Châu. Nghỉ đêm ở Hàng Châu.</w:t>
-[...8 lines deleted...]
-          <w:b w:val="1"/>
+        <w:t xml:space="preserve"> nổi tiếng dàn dựng công phu với nghệ thuật hiệu ứng ánh sáng, 3D và laser hiện đại tái hiện lịch sử, giai thoại nổi tiếng ở vùng đất Hàng Châu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:i w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nghỉ đêm tại Hàng Châu. (khách sạn dự kiến: Holiday In Hangzhou)</w:t>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nghỉ đêm ở Hàng Châu - Relax Hotel Hangzhou hoặc tương đương</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table4"/>
         <w:tblW w:w="10482.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1470"/>
         <w:gridCol w:w="5610"/>
         <w:gridCol w:w="3402"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="1470"/>
             <w:gridCol w:w="5610"/>
             <w:gridCol w:w="3402"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="497" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
-              <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NGÀY 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
-              <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">HÀNG CHÂU – Ô TRẤN </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
-              <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Ăn Sáng,Trưa, Tối)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="7366"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...59 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Ăn sáng tại khách sạn xe và HDV , quý khách di chuyển đến tham quan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="7366"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...252 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Đầm Lầy Thanh Sơn</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Công viên đầm lầy Thanh Sơn, địa điểm hottrend 2024, bề mặt hồ được phủ màu xanh của bèo trông giống như bánh kem matcha. Đây được xem là khu rừng “hoá thạch sống” đang thu hút đông đảo khách tham quan quốc tế yêu thích vẻ đẹp thiên nhiên. Đặc biệt vào mùa hè, khách du lịch sẽ được trải nghiệm cảm giác ngồi thuyền lướt đi trên một đám mây từ bèo tấm. Phong cảnh đem đến cho khách du lịch cảm giác tươi mới và rất thoải mái (Chưa bao gồm phí chèo thuyền Kayak.)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>390525</wp:posOffset>
+              <wp:posOffset>4386263</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>76200</wp:posOffset>
+              <wp:posOffset>734533</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3333750" cy="1800225"/>
+            <wp:extent cx="2315210" cy="2009775"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr descr="Muot mat ngam rung " id="13" name="image10.jpg"/>
+            <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="114300" distR="114300"/>
+            <wp:docPr id="1" name="image3.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="Muot mat ngam rung " id="0" name="image10.jpg"/>
+                    <pic:cNvPr id="0" name="image3.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14"/>
+                    <a:blip r:embed="rId10"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3333750" cy="1800225"/>
+                      <a:ext cx="2315210" cy="2009775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...43 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="7366"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ăn trưa tại nhà hàng.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sau bữa trưa, đoàn tiếp tục di chuyển đến Quý khách khởi hành đi</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...13 lines deleted...]
-        </w:rPr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="7366"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ô trấn (Phía Tây) - </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ô trấn là một trấn cổ sông nước lớn nhất Trung Quốc với hơn 1300 năm lịch sử thể hiện qua những cây cầu đá cổ, những con đường lát đá và những công trình gỗ chạm khắc tin h tế. Gần như vẫn giữ được kiến trúc cùng tập tục sinh sống hơn 1.000 năm qua nên Ô Trấn trở thành điểm du lịch mà ai cũng muốn đến một lần.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tối:</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ăn cơm tại nhà hàng. Đoàn nhận phòng và nghỉ ngơi tại khách sạn trong Ô Trấn. Quý khách tự do khám phá Ô Trấn về đêm</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="ee0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nghỉ đêm ở 5 sao bên trong  Ô Trấn Tongan Inn hoặc Waterside resort hoặc tương đương</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table5"/>
-        <w:tblW w:w="10950.0" w:type="dxa"/>
+        <w:tblW w:w="10624.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1695"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4305"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="4953"/>
+        <w:gridCol w:w="3969"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
-            <w:gridCol w:w="1695"/>
-[...1 lines deleted...]
-            <w:gridCol w:w="4305"/>
+            <w:gridCol w:w="1702"/>
+            <w:gridCol w:w="4953"/>
+            <w:gridCol w:w="3969"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="497" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
             <w:pPr>
-              <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NGÀY 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
-              <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ô TRẤN  – THƯỢNG HẢI – HÀ NỘI</w:t>
+              <w:t xml:space="preserve">Ô TRẤN – THƯỢNG HẢI – TRỞ VỀ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
             <w:pPr>
-              <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Ăn Sáng,Trưa, Tối)</w:t>
+              <w:t xml:space="preserve">(Ăn Sáng, Trưa, Tối)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
-[...31 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="7366"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sáng đoàn ăn sáng khách sạn, sau đó khởi hành đi thăm quan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve">Phố Nam Kinh, một trong những điểm đến độc đáo tại Trung Quốc, là biểu tượng của sự pha trộn tinh tế giữa văn hóa truyền thống và sự hiện đại sôi động. Nằm ở trung tâm thành phố Nam Kinh, phố này không chỉ là nơi quy tụ những di tích lịch sử và kiến trúc cổ kính mà còn là trái tim sôi động của cuộc sống đô thị.</w:t>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="7366"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Công viên Hồ Thiên Nga – </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bạch Quả là khu sinh thái – du lịch – văn hóa đạt chuẩn quốc gia AAAA, tọa lạc tại Thị trấn Youchegang, Quận Tân Chu, Gia Hưng, tỉnh Chiết Giang. Công viên rộng khoảng 2.120 mẫu, với hơn 1.000 mẫu là mặt nước và trồng thêm khoảng 30.000 cây bạch quả (ginkgo), tạo nên không gian cảnh quan hài hòa thiên nhiên – kiến trúc – văn hóa.  (</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Điểm thăm quan này chỉ áp dụng vào tháng 12 - thời điểm vàng lá)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3726179</wp:posOffset>
+              <wp:posOffset>4198620</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>212090</wp:posOffset>
+              <wp:posOffset>12065</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3114675" cy="1990725"/>
+            <wp:extent cx="2446655" cy="1533525"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="114300" distR="114300"/>
-            <wp:docPr descr="Đại lộ Nam Kinh - Con phố mua sắm sầm uất Thượng Hải" id="20" name="image4.jpg"/>
+            <wp:docPr descr="秋意浓，天鹅湖的银杏黄了！_百科TA说" id="5" name="image2.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="Đại lộ Nam Kinh - Con phố mua sắm sầm uất Thượng Hải" id="0" name="image4.jpg"/>
+                    <pic:cNvPr descr="秋意浓，天鹅湖的银杏黄了！_百科TA说" id="0" name="image2.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId11"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3114675" cy="1990725"/>
+                      <a:ext cx="2446655" cy="1533525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
-[...112 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="7366"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-76" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ăn trưa tại nhà Hàng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720" w:firstLine="0"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wukang Road</w:t>
+        <w:t xml:space="preserve">Phố đi bộ Tân Thiên Địa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - </w:t>
-[...37 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> - mang diện mạo của một khu phố phức hợp đặc trưng của Thượng Hải. Lối kiến trúc độc đáo đầy ấn tượng, trong đó phải kể đến tòa nhà Shikumen vẫn giữ được những bức tường gạch, mái ngói cổ kính như khiến bạn có cảm giác như đang quay ngược thời gian trở về những năm 1920. lớp trung lưu Thượng Hải cùng cộng đồng văn sĩ địa phương với nhiều tác phẩm ca ngợi đời sống trong khu vực ưa chuộng. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:drawing>
+          <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4129088</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1123950</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2590165" cy="1568450"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="114300" distR="114300"/>
+            <wp:docPr descr="Wukang Mansion resembles a lar | Trip.com Shanghai" id="6" name="image6.jpg"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr descr="Wukang Mansion resembles a lar | Trip.com Shanghai" id="0" name="image6.jpg"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2590165" cy="1568450"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="360" w:firstLine="0"/>
-[...150 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đường </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wukang Road</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">một con đường gắn liền với lịch sử lâu đời của Thượng Hải. Ở đây các ngôi nhà cổ xen kẽ nhau với kiến trúc xưa.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khu dinh thự này từng là nơi ở của nhiều người nổi tiếng trong lịch sử Trung Quốc, bao gồm cả những diễn viên nổi tiếng.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+      <w:pPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
+        <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quý khách ăn tối tại nhà hàng</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Và di chuyển ra sân bay làm thủ tục check in chuyến bay </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MU5705</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bay lúc </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23:05 về Hà Nội lúc 01:20 +#1 </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đoàn về đến sân bay </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nội Bài</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+      <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720" w:hanging="360"/>
-        <w:rPr>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đoàn về đến sân bay </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nội Bài</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, xe đón đoàn đưa về điểm hẹn. Kết thúc chương trình./</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
-[...28 lines deleted...]
-          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kết thúc – Hẹn gặp lại</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
-[...7 lines deleted...]
-          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:i w:val="1"/>
-          <w:color w:val="c00000"/>
-[...52 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hành trình trên có thể thay đổi thứ tự sao cho hợp lý nhưng đảm bảo sẽ cung cấp đầy đủ các điểm tham quan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">GIÁ TOUR TRỌN GÓI:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:i w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:i w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(Giá dành cho đoàn 24 khách người lớn trở lên, đơn vị VNĐ )</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table6"/>
-        <w:tblW w:w="10620.0" w:type="dxa"/>
+        <w:tblW w:w="10624.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3111"/>
+        <w:gridCol w:w="4528"/>
+        <w:gridCol w:w="2127"/>
         <w:gridCol w:w="1984"/>
-        <w:gridCol w:w="2720"/>
-        <w:gridCol w:w="2805"/>
+        <w:gridCol w:w="1985"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
-            <w:gridCol w:w="3111"/>
+            <w:gridCol w:w="4528"/>
+            <w:gridCol w:w="2127"/>
             <w:gridCol w:w="1984"/>
-            <w:gridCol w:w="2720"/>
-            <w:gridCol w:w="2805"/>
+            <w:gridCol w:w="1985"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1083" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
             <w:pPr>
               <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NGÀY KHỞI HÀNH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
             <w:pPr>
               <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">GIÁ TOUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
             <w:pPr>
               <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">GIÁ TRẺ EM</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
             <w:pPr>
               <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Từ 2 – dưới 10 tuổi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PHÒNG ĐƠN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="765" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="6" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="ffffff" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="0.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="0.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+            <w:pPr>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tháng 11: 01, 08, 15, 22, 29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
             <w:pPr>
               <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tháng 09: 13, 18, 19</w:t>
+              <w:t xml:space="preserve">20.990.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
             <w:pPr>
               <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">20.990.000</w:t>
+              <w:t xml:space="preserve">19.990.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
             <w:pPr>
               <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">19.990.000</w:t>
-[...41 lines deleted...]
-              <w:t xml:space="preserve">3.500.000</w:t>
+              <w:t xml:space="preserve">3.800.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="765" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="ffffff" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="0.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="0.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+            <w:pPr>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tháng 12: 06, 13, 20, 27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
             <w:pPr>
               <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tháng 10: 16, 17, 23, 24</w:t>
+              <w:t xml:space="preserve">20.990.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
             <w:pPr>
               <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">20.990.000</w:t>
+              <w:t xml:space="preserve">19.990.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
             <w:pPr>
               <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">19.990.000</w:t>
+              <w:t xml:space="preserve">3.800.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="765" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="ffff00" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="0.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="0.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
+            <w:pPr>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tết Dương lịch: 30/12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="ffffff" w:val="clear"/>
+            <w:shd w:fill="ffff00" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
             <w:pPr>
               <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="140" w:firstLine="0"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">3.500.000</w:t>
+              <w:t xml:space="preserve">23.990.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="ffff00" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="0.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="0.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
+            <w:pPr>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21.590.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="ffff00" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="0.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="0.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
+            <w:pPr>
+              <w:spacing w:after="120" w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.500.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...17 lines deleted...]
-        </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table7"/>
         <w:tblW w:w="10627.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5760"/>
         <w:gridCol w:w="4867"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="5760"/>
             <w:gridCol w:w="4867"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">DỊCH VỤ BAO GỒM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="0070c0" w:val="clear"/>
+            <w:shd w:fill="ffc000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
-                <w:color w:val="ffffff"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">DỊCH VỤ KHÔNG BAO GỒM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1266" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
-[...164 lines deleted...]
-          </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">- Nước uống trên ô tô 1 chai/người/ngày.</w:t>
+              <w:t xml:space="preserve">- Vé máy bay theo chương trình Hà Nội - Thượng Hải // Thượng Hải - Hà Nội.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:i w:val="1"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">- Bảo hiểm du lịch với mức đền bù cao nhất 10,000USD.</w:t>
+              <w:t xml:space="preserve">- Khách sạn theo chương trình tiêu chuẩn 4 sao địa phương (2 người / phòng tại khách sạn, lẻ khách ở 3 kê extra bed hoặc sẽ ghép chung khách khác  </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lưu ý 1 đêm tại Trấn cổ Ô Trấn không có phòng cho 3 người nên dựa vào tình hình thực tế phía công ty sẽ sắp xếp ghép hợp lí nhất có thể)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Ăn các bữa theo chương trình (mức 40NDT – 80 NDT/bữa chính gồm 8 món + 1 canh)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Xe ô tô đưa đón theo chương trình.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Vé vào cửa các điểm thăm quan theo chương trình.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Visa đoàn vào Trung Quốc cho người Việt Nam</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Trưởng đoàn và HDV theo chương trình.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Nước uống trên ô tô 1 chai/người/ngày.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Bảo hiểm du lịch với mức đền bù cao nhất 10,000USD.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- Quà tặng của công ty: Mũ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- Chi phí làm hộ chiếu</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- Tiền tip cho lái xe và HDV 6USD/1 người/1 ngày</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- Chi phí cá nhân như đồ uống giặt là...</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- Đồ uống tại các bữa ăn</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- Các chi phí chưa bao gồm</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- Hóa đơn VAT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- Phụ phí phòng đơn</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="142" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- Hành lý quá cân</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">GHI CHÚ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">+ Đối với  trẻ em dưới 18 tuổi (Chưa qua SN), khi làm visa cửa khẩu phải có bản scan GKS kèm theo (dù bố mẹ có đi cùng hay ko đi cùng đều phải cung cấp)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">+ Nếu Bố/mẹ không đi cùng con, thì cần làm giấy Ủy quyền là con sẽ đi cùng ai trong đoàn (Cung cấp họ tên + số HC).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">+ Khi nhập cảnh trẻ em chỉ cần mang theo GKS bản sao có dấu đỏ (cầm theo cả giấy Ủy quyền viết tay của bố mẹ đề phòng TH cần sử dụng đến)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
       <w:pPr>
         <w:spacing w:after="200" w:before="60" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Trong trường hợp chính sách visa đoàn TQ thay đổi hoặc bị trượt visa đoàn, khách hàng cần thanh toán thêm phí phụ thu là 1.500.000VND/1 người để làm visa lẻ (Visa dán) khi còn đủ thời gian. Nếu khách hàng không thanh toán thêm phí phụ thu visa lẻ thì sẽ hủy phạt theo quy định. (Phụ phí visa lẻ có thể thay đổi khi trung tâm visa thông báo thay đổi)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
       <w:pPr>
         <w:spacing w:after="200" w:before="60" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">HC không có ngày, tháng sinh không làm được visa đoàn. Đề nghị quý khách làm visa lẻ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
-      <w:pPr>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="60" w:line="360" w:lineRule="auto"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="60" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Giá tính cho trẻ em ngủ chung giường với bố mẹ, nếu Quý khách có yêu cầu ngủ riêng cho trẻ em vui lòng thanh toán 100% giá tour.</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...6 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Giá áp dụng cho khách hàng từ 10 tuổi đến 69 tuổi, từ 70 tuổi trở lên sẽ đóng thêm chênh lệch cho mức phí bảo hiểm cao cấp, từ 70 tuổi cần làm giấy cam kết đủ sức khỏe để tham gia tour.</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Do tính chất là đoàn ghép khách lẻ, Công ty sẽ có trách nhiệm thu nhận khách cho đủ đoàn (từ 10 khách người lớn trở lên) thì đoàn sẽ khởi hành đúng lịch trình. Nếu số lượng đoàn dưới 10 khách, Công ty sẽ thông báo cho khách và sẽ thỏa thuận lại ngày khởi hành mới, hoặc hoàn trả lại toàn bộ số tiền cho khách đã thanh toán trước đó</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Trong trường hợp chỉ có 1 khách (người lớn) đi với 1 trẻ em dưới 10 tuổi (không có chế độ giường riêng), Quý khách vui lòng thanh toán theo giá người lớn để bé có chế độ giường riêng</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Trường hợp Quý khách không được xuất cảnh và nhập cảnh vì lý do cá nhân (như hình ảnh, thông tin giấy tờ trong bản gốc bị mờ, không rõ ràng, passport hết hạn, không đúng quy định,…) Công ty sẽ không chịu trách nhiệm và sẽ không hoàn trả tiền tour. Hướng dẫn viên Công ty sẽ hỗ trợ và tìm biện pháp giải quyết tốt nhất cho Quý khách, mọi chi phí phát sinh do khách hàng chi trả</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Giá có thể thay đổi khi hàng không tăng phụ thu nhiên liệu và phí visa thay đổi</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Chương trình và giờ bay có thể thay đổi tuỳ theo ngày khởi hành cụ thể</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Quý khách vui lòng không bỏ qua các điểm shopping chỉ định trong chương trình.</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Hộ chiếu phải còn thời hạn sử dụng trên 6 tháng (Tính từ ngày khởi hành)</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Chương trình có thể thay đổi thứ tự theo tình hình thực tế, nhưng vẫn bảo đảm đi đầy đủ điểm tham quan</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Suốt hành trình quý khách không được tự ý rời đoàn</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Nếu quý khách có người nhà tại nước sở tại muốn đi theo chương trình, vui lòng liên hệ với </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">công ty du lịch </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">trước khi khởi hành.</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Đối với trường hợp khách làm phẫu thuật thẩm mỹ khuôn mặt, bắt buộc phải làm lại hộ chiếu. Trường hợp khách không làm lại hộ chiếu công ty sẽ không chịu trách nhiệm về vấn đề xuất nhập cảnh của khách. Mọi chi phí về hủy phạt dịch vụ khách hàng sẽ phải tự chịu trách nhiệm.</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Thủ tục xin visa đoàn</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
-[...148 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
-      <w:pPr>
-[...61 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Scan mặt hộ chiếu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Ảnh chân dung nền trắng 4x6, không đeo trang sức, tóc tai gọn gàng</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chú ý:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+ Khách mới làm HC chưa được 6 tháng cần khai báo là hộ chiếu làm lần đầu hay hộ chiếu làm cấp lại</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+ Khách dưới 15 tuổi scan kèm Giấy Khai Sinh (Check xem đi cùng bố mẹ không)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+ HC khách không có năm sinh không làm được visa đoàn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lưu ý:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Trẻ em dưới 15 tuổi cần scan kèm giấy khai sinh và phải mang theo giấy khai sinh bản sao có dấu đỏ hoặc bản trích lục khi đi tour để làm thủ tục xuất nhập cảnh.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Trẻ em dưới 15 tuổi không đi cùng bố và mẹ cần làm giấy ủy quyền du lịch nước ngoài có dấu của địa phương. Gửi bản scan cho công ty du lịch làm thủ tục visa và mang theo bản gốc khi đi tour để làm thủ tục xuất nhập cảnh.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">·         </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">**Trong những trường hợp khách quan như : khủng bố, thiên tai…hoặc do có sự cố, có sự thay đổi lịch trình của các phương tiện vận chuyển công cộng như : máy bay, tàu hỏa…thì Công ty sẽ giữ quyền thay đổi lộ trình bất cứ lúc nào vì sự thuận tiện, an toàn cho khách hàng và sẽ không chịu trách nhiệm bồi thường những thiệt hại phát sinh**.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="360" w:firstLine="0"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TRÂN TRỌNG CẢM ƠN!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="c00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="c00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
+      <w:pPr>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
+      <w:pPr>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference r:id="rId18" w:type="default"/>
       <w:pgSz w:h="16834" w:w="11909" w:orient="portrait"/>
-      <w:pgMar w:bottom="1000" w:top="726" w:left="426" w:right="568" w:header="720" w:footer="720"/>
+      <w:pgMar w:bottom="712" w:top="357" w:left="709" w:right="569" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
+  <w:font w:name="Calibri"/>
   <w:font w:name="Cambria"/>
+  <w:font w:name="Times New Roman"/>
   <w:font w:name="Courier New"/>
   <w:font w:name="Noto Sans Symbols">
     <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
     <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
   </w:font>
 </w:fonts>
-</file>
-[...27 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❖"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2302" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3022" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3742" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4462" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6622" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:lvlText w:val="❖"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2302" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3022" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3742" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4462" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6622" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❖"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
+        <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
-        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2302" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3022" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3742" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4462" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6622" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="❖"/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1418" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5749" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6469" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7189" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❖"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
-        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="➢"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="■"/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="◆"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="➢"/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="■"/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="◆"/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6843,448 +7496,298 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="vi"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="TableNormal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
-      <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:color w:val="2f5496"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
-      <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:color w:val="2f5496"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
-      <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="434343"/>
+      <w:color w:val="2f5496"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
-      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
+      <w:spacing w:after="40" w:before="80" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="666666"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:i w:val="1"/>
+      <w:color w:val="2f5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
-      <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
+      <w:spacing w:after="40" w:before="80" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="666666"/>
+      <w:color w:val="2f5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
-      <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
+      <w:spacing w:before="40" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
-      <w:color w:val="666666"/>
+      <w:color w:val="595959"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="60" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="52"/>
-      <w:szCs w:val="52"/>
+      <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
-  </w:style>
-[...134 lines deleted...]
-    </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:pPr>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:pPr/>
     <w:rPr>
-      <w:color w:val="666666"/>
-[...1 lines deleted...]
-      <w:szCs w:val="30"/>
+      <w:color w:val="595959"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="115.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="115.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="115.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table4">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="115.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table5">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="115.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table6">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="115.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table7">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="115.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7566,50 +8069,25 @@
       </a:style>
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
-
-[...23 lines deleted...]
-</file>