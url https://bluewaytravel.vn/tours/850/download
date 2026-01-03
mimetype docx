--- v0 (2025-10-01)
+++ v1 (2026-01-03)
@@ -1,40943 +1,17322 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p>
-[...2 lines deleted...]
-        <w:ind w:left="718" w:right="360" w:firstLine="0"/>
+    <w:p w14:paraId="1DE23246" w14:textId="1457E78E" w:rsidR="001C5288" w:rsidRPr="00952C11" w:rsidRDefault="001C5288" w:rsidP="00154D06">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001E6F2D">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="2E5395"/>
-[...69 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
           <w:color w:val="C00000"/>
           <w:sz w:val="36"/>
-        </w:rPr>
-[...187 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15729152">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251714560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C560AFA" wp14:editId="28B7C7F5">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="page">
-              <wp:posOffset>5999848</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>-629920</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>75022</wp:posOffset>
+              <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1249679" cy="1219200"/>
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Image 1"/>
+            <wp:extent cx="1249680" cy="1219200"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1396154399" name="Picture 1" descr="A sticker with a curved corner&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="Image 1"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="1396154399" name="Picture 1" descr="A sticker with a curved corner&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1249679" cy="1219200"/>
+                      <a:ext cx="1249680" cy="1219200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="2E5395"/>
-          <w:sz w:val="28"/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>DU LỊCH TRUNG QUỐC</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="09AF5930" w14:textId="0788F109" w:rsidR="001C5288" w:rsidRDefault="001C5288" w:rsidP="001C5288">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="2E5395"/>
-          <w:spacing w:val="-1"/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>BẮC KINH – HÀNG CHÂU – Ô TRẤN – THƯỢNG HẢI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26FD2AEE" w14:textId="77777777" w:rsidR="001C5288" w:rsidRDefault="001C5288" w:rsidP="00154D06">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t> </w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="2E5395"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>NGÀY</w:t>
+        <w:t>Độ dài tour: 7 ngày 6 đêm | Hàng không: Air China (CA)</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="5964B18B" w14:textId="43C735E3" w:rsidR="001C5288" w:rsidRPr="00E751AF" w:rsidRDefault="00007D5A" w:rsidP="00154D06">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...485 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15729664">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AD50BA0" wp14:editId="3A5A5802">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="page">
-              <wp:posOffset>2705100</wp:posOffset>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>76200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>60901</wp:posOffset>
+              <wp:posOffset>1087120</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="4725034" cy="4305300"/>
+            <wp:extent cx="6668135" cy="4823460"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:wrapNone/>
-            <wp:docPr id="3" name="Image 3"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1015596901" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="3" name="Image 3"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4725034" cy="4305300"/>
+                      <a:ext cx="6668135" cy="4823460"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001C5288">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Khách sạn: 4* tại các Thành phố  &amp; 5* tại Ô Trấn Tây Sách</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1838" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="4395"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001C5288" w:rsidRPr="00E132D1" w14:paraId="0E9D849F" w14:textId="77777777" w:rsidTr="00694C19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="06FC0D79" w14:textId="77777777" w:rsidR="001C5288" w:rsidRPr="00E132D1" w:rsidRDefault="001C5288" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E132D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>LỊCH KHỞI HÀNH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C5288" w:rsidRPr="00D76F02" w14:paraId="1FF7B135" w14:textId="77777777" w:rsidTr="00694C19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF57AF0" w14:textId="0E3DCC6C" w:rsidR="001C5288" w:rsidRPr="00D76F02" w:rsidRDefault="001C5288" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76F02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tháng 1: </w:t>
+            </w:r>
+            <w:r w:rsidR="00007D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>17, 31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="237A255A" w14:textId="3AE40EC8" w:rsidR="001C5288" w:rsidRPr="00D76F02" w:rsidRDefault="001C5288" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76F02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Tháng 2:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00007D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>02, 20 (M4T)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2E08E2B5" w14:textId="72B98927" w:rsidR="00523B08" w:rsidRPr="00952C11" w:rsidRDefault="00523B08" w:rsidP="009E03EE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29278B36" w14:textId="5B82CB89" w:rsidR="003709CD" w:rsidRPr="00540809" w:rsidRDefault="003709CD" w:rsidP="001A60DB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00540809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ĐIỂM NHẤN CỦA</w:t>
+      </w:r>
+      <w:r w:rsidR="007F76CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00540809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>CHƯƠNG TRÌNH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B22D35" w14:textId="162BDC05" w:rsidR="00141C71" w:rsidRPr="008C169A" w:rsidRDefault="00141C71" w:rsidP="00141C71">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="C00000"/>
-          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Chương trình tham </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="008C169A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>Chương trình tham quan KHÔNG SHOPPING, chú trọng trải nghiệm du lịch đích thực</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597D0B97" w14:textId="70F88132" w:rsidR="00141C71" w:rsidRPr="008C169A" w:rsidRDefault="00007D5A" w:rsidP="00141C71">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00007D5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>Nâng tầm ẩm thực</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
-        <w:t>quan KHÔNG</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00141C71" w:rsidRPr="008C169A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>Thưởng thức 01 bữa vịt qu</w:t>
+      </w:r>
+      <w:r w:rsidR="00430383">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00141C71" w:rsidRPr="008C169A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>y Bắc Kinh</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...7 lines deleted...]
-        <w:t>SHOPPING,</w:t>
+        <w:t xml:space="preserve"> chính hiệu, 01 bữa buffet lẩu Bắc Kinh đặc biệt &amp; 01 bữa mỳ cua lông trứ danh</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:right="7799" w:firstLine="0"/>
+    <w:p w14:paraId="2D32942F" w14:textId="77777777" w:rsidR="00141C71" w:rsidRPr="008C169A" w:rsidRDefault="00141C71" w:rsidP="00141C71">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="300" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008C169A">
         <w:rPr>
-          <w:b/>
-[...62 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
         <w:t>Trải nghiệm tàu cao tốc Bắc Kinh – Hàng Châu</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="086B95A9" w14:textId="76109235" w:rsidR="00141C71" w:rsidRPr="008C169A" w:rsidRDefault="00141C71" w:rsidP="00141C71">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="30"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="720" w:right="7798" w:hanging="360"/>
+        <w:spacing w:line="300" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C169A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Thưởng ngoạn một vòng Tây Hồ (Hàng Châu) bằng xe điện</w:t>
+      </w:r>
+      <w:r w:rsidR="0001230F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc du thuyền trên hồ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22592BEB" w14:textId="2C5B9A5D" w:rsidR="00141C71" w:rsidRPr="00007D5A" w:rsidRDefault="009757E8" w:rsidP="00141C71">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="1F4E79"/>
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
-        <w:t>Thưởng ngoạn một </w:t>
+        <w:t>Khám phá Ô Trấn Tây Sách – cổ trấn đẹp nhất Giang Nam</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00007D5A">
         <w:rPr>
-          <w:color w:val="1F4E79"/>
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
-        <w:t>vòng Tây Hồ (Hàng Châu) bằng xe</w:t>
+        <w:t xml:space="preserve">: trải nghiệm </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00007D5A" w:rsidRPr="00007D5A">
         <w:rPr>
-          <w:color w:val="1F4E79"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t> </w:t>
-[...74 lines deleted...]
-        <w:t>hồ</w:t>
+        <w:t>01 đêm khách sạn 5* trong cổ trấn.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="404EC59D" w14:textId="731DD2AC" w:rsidR="00862F29" w:rsidRDefault="00141C71" w:rsidP="007F76CC">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="30"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="720" w:right="7800" w:hanging="360"/>
+        <w:spacing w:line="300" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008C169A">
         <w:rPr>
-          <w:color w:val="1F4E79"/>
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
-        <w:t>Khám phá Ô Trấn </w:t>
-[...6 lines deleted...]
-        <w:t>Tây Sách – cổ trấn đẹp nhất Giang Nam</w:t>
+        <w:t>Có 02 đêm tại Thượng Hải  - Thời gian phù hợp để tham quan, trải nghiệm trọn vẹn Thượng Hải Phồn Hoa</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...10 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+    <w:p w14:paraId="6848D83C" w14:textId="77777777" w:rsidR="00FB4045" w:rsidRPr="007F76CC" w:rsidRDefault="00FB4045" w:rsidP="00B04C1C">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...159 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="left"/>
-        <w:tblInd w:w="367" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1418"/>
-        <w:gridCol w:w="8661"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="8560"/>
+        <w:gridCol w:w="244"/>
       </w:tblGrid>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00007D5A" w:rsidRPr="00007D5A" w14:paraId="3C9927BD" w14:textId="77777777" w:rsidTr="002B2544">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="15B08DC1" w14:textId="380B6631" w:rsidR="00BA59BA" w:rsidRPr="00007D5A" w:rsidRDefault="00BA59BA" w:rsidP="00007D5A">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00007D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>NGÀY 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8804" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="313AECBF" w14:textId="63B56986" w:rsidR="00BA59BA" w:rsidRPr="00007D5A" w:rsidRDefault="00BA59BA" w:rsidP="00007D5A">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00007D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidR="000B5FD2" w:rsidRPr="00007D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>À NỘI – BẮC KINH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00007D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00007D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>| Ăn tối</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2418D" w:rsidRPr="00952C11" w14:paraId="0827A794" w14:textId="77777777" w:rsidTr="008A59B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A965B05" w14:textId="77777777" w:rsidR="00BA59BA" w:rsidRPr="00952C11" w:rsidRDefault="00BA59BA" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Buổi sáng</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8804" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0A67A1" w14:textId="4DD1F722" w:rsidR="00BA59BA" w:rsidRPr="00952C11" w:rsidRDefault="00BA59BA" w:rsidP="00BA59BA">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10:00 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Quý khách tập trung tại điểm hẹn tại địa chỉ số 67-69 Trần Nhân Tông (Rạp xiếc Trung Ương Hà Nội)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C95E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> để lên đường ra sân bay Nội Bài.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03366841" w14:textId="74C5F5C2" w:rsidR="00BA59BA" w:rsidRPr="00952C11" w:rsidRDefault="00BA59BA" w:rsidP="00BA59BA">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tới sân bay </w:t>
+            </w:r>
+            <w:r w:rsidR="00C95E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>q</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">uốc </w:t>
+            </w:r>
+            <w:r w:rsidR="00C95E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ế Nội Bài, </w:t>
+            </w:r>
+            <w:r w:rsidR="00C95E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HDV hỗ trợ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>đoàn làm thủ tục</w:t>
+            </w:r>
+            <w:r w:rsidR="00C95E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> xuất cảnh, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>đáp chuyến bay</w:t>
+            </w:r>
+            <w:r w:rsidR="00C95E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tới thành phố Bắc Kinh – Trung Quốc.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3878AA3D" w14:textId="47977D2D" w:rsidR="00BA59BA" w:rsidRPr="00C95E78" w:rsidRDefault="00C95E78" w:rsidP="00BA59BA">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C95E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Hà Nội – Bắc Kinh: CA742 (13:2</w:t>
+            </w:r>
+            <w:r w:rsidR="00231B82">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C95E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 17:5</w:t>
+            </w:r>
+            <w:r w:rsidR="00231B82">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C95E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2418D" w:rsidRPr="00952C11" w14:paraId="19C5D993" w14:textId="77777777" w:rsidTr="008A59B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74547BD4" w14:textId="7E397633" w:rsidR="00BA59BA" w:rsidRPr="00952C11" w:rsidRDefault="00BA59BA" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Buổi chiều</w:t>
+            </w:r>
+            <w:r w:rsidR="001074AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>/ tối</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8804" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50B4ECB5" w14:textId="69721314" w:rsidR="00C147A5" w:rsidRDefault="00BA59BA" w:rsidP="00BA59BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>17h55</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C95E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Máy bay hạ cánh xuống sân bay Bắc Kinh</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00C95E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HDV hỗ trợ đoàn </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">làm thủ tục nhập cảnh. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C96A82F" w14:textId="0DB17C17" w:rsidR="00C147A5" w:rsidRPr="00C95E78" w:rsidRDefault="0001230F" w:rsidP="00BA59BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19h30 </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA59BA" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Xe &amp; HDV</w:t>
+            </w:r>
+            <w:r w:rsidR="00C95E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> địa phương đón đoàn và </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA59BA" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> đưa đoàn đi </w:t>
+            </w:r>
+            <w:r w:rsidR="00C95E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ăn</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA59BA" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bữa tối</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7543C631" w14:textId="6760FFCC" w:rsidR="00941034" w:rsidRDefault="0001230F" w:rsidP="00941034">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21h00 </w:t>
+            </w:r>
+            <w:r w:rsidR="00C95E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sau bữa tối, </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA66B2" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn di chuyển về khách sạn nhận phòng nghỉ ngơi. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="681F7484" w14:textId="43F9D724" w:rsidR="00F2418D" w:rsidRPr="00C41B10" w:rsidRDefault="00AA66B2" w:rsidP="00941034">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C147A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nghỉ đêm tại </w:t>
+            </w:r>
+            <w:r w:rsidR="001074AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">khách sạn 4* </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C147A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Bắc Kinh</w:t>
+            </w:r>
+            <w:r w:rsidR="001074AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001074AE" w:rsidRPr="001074AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00430383" w:rsidRPr="00430383">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Orange Crystal</w:t>
+            </w:r>
+            <w:r w:rsidR="00430383">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00430383" w:rsidRPr="00430383">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Palace Hotels</w:t>
+            </w:r>
+            <w:r w:rsidR="00430383">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001074AE" w:rsidRPr="001074AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>hoặc tương</w:t>
+            </w:r>
+            <w:r w:rsidR="00430383">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001074AE" w:rsidRPr="001074AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>đương).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E0123" w:rsidRPr="00952C11" w14:paraId="4A946618" w14:textId="77777777" w:rsidTr="008C169A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-            </w:tcBorders>
-[...738 lines deleted...]
-            <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p>
-[...449 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5638AC46" w14:textId="4474D963" w:rsidR="003B68F8" w:rsidRPr="00161EFC" w:rsidRDefault="003B68F8" w:rsidP="00F2418D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="right" w:pos="9620"/>
+              </w:tabs>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251707392" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="228F5F1C" wp14:editId="1BF4CE0D">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>297180</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>29845</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="5600700" cy="2346960"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapSquare wrapText="bothSides"/>
+                  <wp:docPr id="19087334" name="Picture 2"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 3"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5600700" cy="2346960"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5735EB65" w14:textId="1D17AB8E" w:rsidR="00BA59BA" w:rsidRPr="00952C11" w:rsidRDefault="00BA59BA" w:rsidP="008C169A">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A59B6" w:rsidRPr="008A59B6" w14:paraId="72513295" w14:textId="77777777" w:rsidTr="002B2544">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="108D565E" w14:textId="77777777" w:rsidR="004F31E3" w:rsidRPr="008A59B6" w:rsidRDefault="004F31E3" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8804" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="19371C9B" w14:textId="7E583A4E" w:rsidR="004F31E3" w:rsidRPr="008A59B6" w:rsidRDefault="00AA66B2" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="000F1451" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>ẮC KINH</w:t>
+            </w:r>
+            <w:r w:rsidR="0022562C" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="00B63E83" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>VAN LÝ TRƯỜNG THÀNH – DI HÒA VIÊN</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004F31E3" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>| Ăn 3 bữa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2418D" w:rsidRPr="00952C11" w14:paraId="5E415783" w14:textId="77777777" w:rsidTr="00007D5A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="300E7AE3" w14:textId="3C3CD94D" w:rsidR="004F31E3" w:rsidRPr="00952C11" w:rsidRDefault="00891D65" w:rsidP="00007D5A">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Buổi sáng</w:t>
+            </w:r>
+            <w:r w:rsidR="000D2FEA" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8804" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="07ADCF2F" w14:textId="002B177B" w:rsidR="00A316B0" w:rsidRDefault="00F93CCC" w:rsidP="00411867">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quý khách </w:t>
+            </w:r>
+            <w:r w:rsidR="00437503">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>dùng bữa sáng tại khách sạn</w:t>
+            </w:r>
+            <w:r w:rsidR="000F1451">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>. Sau bữa sáng, xe và HDV đón đoàn &amp; đưa đoàn đi tham quan:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52BE266F" w14:textId="77777777" w:rsidR="000B244E" w:rsidRPr="000A1222" w:rsidRDefault="000B244E" w:rsidP="000B244E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="52"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Vạn Lý Trường Thành</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63D5473D" w14:textId="27ECF23F" w:rsidR="000B244E" w:rsidRDefault="000B244E" w:rsidP="00CA77A7">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Đây là biểu tượng của đất nước Trung Hoa, k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A1222">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ỳ quan duy nhất </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">trên Thế giới </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A1222">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>có thể nhìn thấy từ mặt trăng – Quý khách trải nghiệm cảm giác thú vị khi đặt từng bước trên con đường kiệt tác này</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A1222">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="368D1A93" w14:textId="78B0FADD" w:rsidR="00B63E83" w:rsidRPr="00430383" w:rsidRDefault="000B244E" w:rsidP="000B244E">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tại kỳ quan này, Quý khách thử sức chinh phục </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B244E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>cung đường Cư Dung Quan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A1217A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nổi tiếng có núi non trùng trùng điệp điệp như một “dải ngân hà” giữa trời Bắc Kinh. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tại đây, Du </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>khách không chỉ được ngắm nhìn khung cảnh thiên nhiên hùng vĩ, mà còn có thể cảm nhận được sự tráng lệ, hùng dũng của một trong những chiến hào quân sự đáng tự hào của người Trung Quốc xưa.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2418D" w:rsidRPr="00952C11" w14:paraId="3932A178" w14:textId="77777777" w:rsidTr="008A59B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E36E5A" w14:textId="1B31E56F" w:rsidR="00914A1F" w:rsidRPr="00952C11" w:rsidRDefault="00914A1F" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Buổi trưa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8804" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="150D4592" w14:textId="5F96E7D0" w:rsidR="00914A1F" w:rsidRPr="00952C11" w:rsidRDefault="001F41A6" w:rsidP="00DA0C6A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0F62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11h00 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E516E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Đoàn dùng bữa trưa tại nhà hàng địa phương</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0C6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: thưởng thức </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0C6A" w:rsidRPr="00DA0C6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t>VỊT QUAY BẮC KINH chính hiệu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2418D" w:rsidRPr="00952C11" w14:paraId="25DFD7C4" w14:textId="77777777" w:rsidTr="008A59B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E6BF353" w14:textId="1EEF4067" w:rsidR="00914A1F" w:rsidRPr="00952C11" w:rsidRDefault="00E516E8" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Buổi chiều</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8804" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52C971FC" w14:textId="77777777" w:rsidR="00914A1F" w:rsidRDefault="00E23C62" w:rsidP="00AA66B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Đoàn tiếp tục chương trình tham quan:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="248DC0B0" w14:textId="77777777" w:rsidR="00214F56" w:rsidRPr="00DD4F5B" w:rsidRDefault="00214F56" w:rsidP="00214F56">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Di Hòa Viên</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A5F5EB1" w14:textId="77777777" w:rsidR="00B90F09" w:rsidRDefault="00B90F09" w:rsidP="00B90F09">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="52"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B3BBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Quần thể này còn có tên gọi khác là “Cung điện mùa hè” - là công trình nổi tiếng nhất của nghệ thuật lâm viên (vườn hoàng gia) của Trung Quốc với quy mô rộng lớn nhất</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (290 hecta)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B3BBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nhưng vẫn đạt đến sự tinh tế hoàn hảo về mặt kiến trúc tầng lớp chặt chẽ và tuân theo những quy luật phong thủy nghiêm ngặc nhất. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27C088D7" w14:textId="77777777" w:rsidR="00B90F09" w:rsidRDefault="00B90F09" w:rsidP="00B90F09">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="52"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B3BBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Di Hòa Viên được cấu thành từ hai khu vực chính là </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD0810">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>núi Vạn Thọ và hồ Côn Minh</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B3BBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. Tổng số các kiến trúc trong không gian của Di Hòa Viên gồm 3000 gian và được phân thành ba khu chính: khu hành chính, nơi sinh hoạt, và khu vườn để thể ngoạn.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63344CC0" w14:textId="77777777" w:rsidR="00214F56" w:rsidRPr="00DD4F5B" w:rsidRDefault="00214F56" w:rsidP="00214F56">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="52"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Đồng Nhân Đường</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E628D9E" w14:textId="4905A5A8" w:rsidR="00B63E83" w:rsidRPr="00B63E83" w:rsidRDefault="00214F56" w:rsidP="0041279D">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4F5B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Quý khách vào thăm quan và cùng tìm hiểu các loại dược liệu quý giá trong hiệu thuốc gia truyền lâu đời tại Bắc Kinh.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2418D" w:rsidRPr="00952C11" w14:paraId="28E0219C" w14:textId="77777777" w:rsidTr="008A59B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09836B9D" w14:textId="78158E8F" w:rsidR="00914A1F" w:rsidRPr="00952C11" w:rsidRDefault="00097F5D" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Buổi tối</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8804" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A1C7414" w14:textId="0D4FB1BE" w:rsidR="00097F5D" w:rsidRDefault="001F41A6" w:rsidP="00BA0DBB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18h00 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00097F5D" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Xe &amp; HDV</w:t>
+            </w:r>
+            <w:r w:rsidR="00097F5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> địa phương đón đoàn và </w:t>
+            </w:r>
+            <w:r w:rsidR="00097F5D" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> đưa đoàn đi </w:t>
+            </w:r>
+            <w:r w:rsidR="00097F5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ăn</w:t>
+            </w:r>
+            <w:r w:rsidR="00097F5D" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bữa tối </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E1E389D" w14:textId="3409614A" w:rsidR="00BA0DBB" w:rsidRDefault="00BA0DBB" w:rsidP="00BA0DBB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sau đó đoàn tự do tham quan </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0226FCB2" w14:textId="77777777" w:rsidR="00BA0DBB" w:rsidRDefault="00BA0DBB" w:rsidP="00BA0DBB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Phố Vương Phủ Tỉnh</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="717FE046" w14:textId="7B99512A" w:rsidR="00BA0DBB" w:rsidRPr="00B63E83" w:rsidRDefault="00BA0DBB" w:rsidP="00164964">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Là</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63E83">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B63E83" w:rsidRPr="00B63E83">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>đại lộ sầm uất, hoạt động mua bán diễn ra vô cùng sôi động, từ đồ thủ công mỹ nghệ cho tới trang sức đá quý…</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>con phố có sức hút rất lớn từ nét đẹp hiện đại cho tới sự xa hoa của các con phố. Đặc biệt khi tới đây, bạn sẽ thấy không có bất kì phương tiện nào lưu thông. Điều này giúp cho du khách có thể thoải mái và yên tâm đi lại, tận hưởng trọn vẹn bầu không khí trong lành, không khói bụi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="769BF933" w14:textId="13186B0E" w:rsidR="00B63E83" w:rsidRDefault="001F41A6" w:rsidP="00164964">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>21h</w:t>
+            </w:r>
+            <w:r w:rsidR="0001230F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidR="00097F5D" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn di chuyển về khách sạn nhận phòng nghỉ ngơi. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11C40AD4" w14:textId="281A4165" w:rsidR="00745A89" w:rsidRPr="00B63E83" w:rsidRDefault="00430383" w:rsidP="00164964">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C147A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nghỉ đêm tại </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">khách sạn 4* </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C147A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Bắc Kinh</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001074AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...139 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00430383">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Orange Crystal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:spacing w:val="-4"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00430383">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Palace Hotels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:spacing w:val="-4"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001074AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>hoặc tương</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:spacing w:val="-4"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001074AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>đương).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E0123" w:rsidRPr="00952C11" w14:paraId="318BCF24" w14:textId="77777777" w:rsidTr="008C169A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CE49162" w14:textId="138D09EB" w:rsidR="00891D65" w:rsidRDefault="00891D65" w:rsidP="004F31E3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6108BCE7" w14:textId="2E12B1A6" w:rsidR="00B31323" w:rsidRDefault="00012754" w:rsidP="004F31E3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="487EABD5" wp14:editId="384AF12A">
+                  <wp:extent cx="6071870" cy="2078990"/>
+                  <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+                  <wp:docPr id="1878755094" name="Picture 3"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 4"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6071870" cy="2078990"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="558088C2" w14:textId="363FD7C7" w:rsidR="008A59B6" w:rsidRPr="00952C11" w:rsidRDefault="008A59B6" w:rsidP="004F31E3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F0B5A16" w14:textId="633E2332" w:rsidR="00891D65" w:rsidRPr="00952C11" w:rsidRDefault="00891D65" w:rsidP="005B661B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A59B6" w:rsidRPr="008A59B6" w14:paraId="6525DA99" w14:textId="77777777" w:rsidTr="002B2544">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="493B1C22" w14:textId="77777777" w:rsidR="004F31E3" w:rsidRPr="008A59B6" w:rsidRDefault="004F31E3" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8804" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="236E9A65" w14:textId="0336CA03" w:rsidR="004F31E3" w:rsidRPr="008A59B6" w:rsidRDefault="00AA66B2" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="008E26CA" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>ẮC KINH – T</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63E83" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>HIÊN AN MÔN</w:t>
+            </w:r>
+            <w:r w:rsidR="008E26CA" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – C</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63E83" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Ố CUNG</w:t>
+            </w:r>
+            <w:r w:rsidR="008E26CA" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – HÀNG CHÂU</w:t>
+            </w:r>
+            <w:r w:rsidR="00891D65" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="VNI-Book" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:i/>
-                <w:spacing w:val="-4"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004F31E3" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>| Ăn 3 bữa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2418D" w:rsidRPr="00952C11" w14:paraId="6927DB72" w14:textId="77777777" w:rsidTr="008A59B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78400B7A" w14:textId="7ABFB18D" w:rsidR="004F31E3" w:rsidRPr="00952C11" w:rsidRDefault="00891D65" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Buổi sáng</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8804" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C98E711" w14:textId="3E172653" w:rsidR="00B335D0" w:rsidRDefault="00B335D0" w:rsidP="00B335D0">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Quý khách dùng bữa sáng tại khách sạn. Sau bữa sáng, đoàn làm thủ t</w:t>
+            </w:r>
+            <w:r w:rsidR="008F59AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ục trả phòng khách sạn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008F59AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>e và HDV đón đoàn &amp; đưa đoàn đi tham quan:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F8C0384" w14:textId="77777777" w:rsidR="00522C6C" w:rsidRPr="004A59CA" w:rsidRDefault="00522C6C" w:rsidP="00522C6C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Quảng Trường Thiên An Môn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="396FD86A" w14:textId="77777777" w:rsidR="00522C6C" w:rsidRPr="00952C11" w:rsidRDefault="00522C6C" w:rsidP="00522C6C">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>rung tâm chính trị của Bắc Kinh</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">với </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Đại Lễ Đường, Lăng Mao Chủ Tịch, Tượng đài anh hùng liệt sỹ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12CE1EEC" w14:textId="77777777" w:rsidR="00522C6C" w:rsidRPr="00DD4F5B" w:rsidRDefault="00522C6C" w:rsidP="00522C6C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Cố Cung (Tử Cấm Thành)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0884F0FF" w14:textId="77777777" w:rsidR="00522C6C" w:rsidRDefault="00522C6C" w:rsidP="00522C6C">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4F5B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Biểu tượng</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Chính Trị cuả đất nước Trung Hoa, với 9999 gian điện nguy nga, tráng lệ lớn nhất thế giới, nơi trị vì của 2 triều đại Minh Thanh, Đức Thắng Môn.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F1E0F05" w14:textId="226DCA4C" w:rsidR="00522C6C" w:rsidRPr="00DD4F5B" w:rsidRDefault="00522C6C" w:rsidP="00522C6C">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-359"/>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="2552"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-              <w:rPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4F5B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:i/>
-                <w:spacing w:val="-4"/>
-[...5 lines deleted...]
-              <w:rPr>
+              </w:rPr>
+              <w:t>Lưu ý:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4F5B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-              <w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hiện nay Cố Cung 1 ngày chỉ đón tiếp 30.000 lượt khách tham quan, tình hình vé thắng cảnh đang vào dịp cao điểm đặc biệt khó khăn để mua được vé cho đoàn. Nên trong trường hợp không mua được vé tham quan Cố Cung, đoàn sẽ chuyển sang tham quan 1 trong 2 chương trình sau:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F332F58" w14:textId="77777777" w:rsidR="00522C6C" w:rsidRPr="00DD4F5B" w:rsidRDefault="00522C6C" w:rsidP="00522C6C">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-359"/>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="2552"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>đương).</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4F5B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>+) Tham quan Thiên Đàn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F11CE64" w14:textId="3FDDA964" w:rsidR="00AA66B2" w:rsidRPr="00952C11" w:rsidRDefault="00522C6C" w:rsidP="00522C6C">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4F5B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>+) Tham quan Cung Vương Phủ - Phủ Hòa Đại Nhân</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2418D" w:rsidRPr="00952C11" w14:paraId="53E00BB7" w14:textId="77777777" w:rsidTr="00007D5A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5D314B" w14:textId="53195FFA" w:rsidR="00522C6C" w:rsidRPr="00952C11" w:rsidRDefault="00C958B3" w:rsidP="004F31E3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Buổi trưa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8804" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B38FA1C" w14:textId="7E138FD6" w:rsidR="00EC4682" w:rsidRPr="002D2704" w:rsidRDefault="00C606F1" w:rsidP="00B335D0">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC4682">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn thưởng thức </w:t>
+            </w:r>
+            <w:r w:rsidR="009F3554" w:rsidRPr="009F3554">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t>BUFFET L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F3554">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t>ẩu Bắc Kinh</w:t>
+            </w:r>
+            <w:r w:rsidR="009F3554" w:rsidRPr="009F3554">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> đặc biệt</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F3554">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC4682">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>tại nhà hàng địa ph</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC4682" w:rsidRPr="00EC4682">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ương.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC4682">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2418D" w:rsidRPr="00952C11" w14:paraId="6B7A4B23" w14:textId="77777777" w:rsidTr="008A59B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A97EFD7" w14:textId="52668530" w:rsidR="00522C6C" w:rsidRPr="00952C11" w:rsidRDefault="00C958B3" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Buổi chiều</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8804" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB82CA6" w14:textId="6DDDA4CA" w:rsidR="00B12817" w:rsidRDefault="0001230F" w:rsidP="00B335D0">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14h00: </w:t>
+            </w:r>
+            <w:r w:rsidR="00C958B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sau bữa trưa, </w:t>
+            </w:r>
+            <w:r w:rsidR="00872C53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">xe và HDV đưa đoàn ra ga tàu, </w:t>
+            </w:r>
+            <w:r w:rsidR="00872C53" w:rsidRPr="009F3554">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>đáp chuyến tàu siêu tốc đi Hàng Châu</w:t>
+            </w:r>
+            <w:r w:rsidR="001F41A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001F41A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">G193 </w:t>
+            </w:r>
+            <w:r w:rsidR="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001F41A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t>16:04-22:04</w:t>
+            </w:r>
+            <w:r w:rsidR="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="001F41A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00872C53" w:rsidRPr="00872C53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00872C53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(mất khoảng 5 tiếng trên tàu)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B12817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31D8F6A1" w14:textId="609593C0" w:rsidR="00522C6C" w:rsidRDefault="00B12817" w:rsidP="00B335D0">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Đoàn dùng bữa tối trên tàu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2418D" w:rsidRPr="00952C11" w14:paraId="3633B836" w14:textId="77777777" w:rsidTr="008A59B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0F5AAD" w14:textId="6F5032DB" w:rsidR="004F31E3" w:rsidRPr="00952C11" w:rsidRDefault="004F31E3" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Buổi tối</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8804" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2584472D" w14:textId="2AECB397" w:rsidR="004F31E3" w:rsidRDefault="0001230F" w:rsidP="00AA66B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">22h15: </w:t>
+            </w:r>
+            <w:r w:rsidR="00355336">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Đến Hàng Châu, di chuyển về Khách sạn nhận phòng nghỉ ngơi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E16A7E5" w14:textId="55D233AA" w:rsidR="003F0583" w:rsidRPr="003F0583" w:rsidRDefault="007F20D5" w:rsidP="007F20D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271FDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Nghỉ đêm khách sạn 4* Hàng Châu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00271FDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00271FDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>(Liang'an International Hotel 4* hoặc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00271FDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>tương đương)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...2 lines deleted...]
-        <w:spacing w:before="6"/>
+    <w:p w14:paraId="6C96B54A" w14:textId="2B705525" w:rsidR="00024713" w:rsidRDefault="00FD488C" w:rsidP="004F31E3">
+      <w:pPr>
         <w:rPr>
-          <w:sz w:val="5"/>
-[...8 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B5E1AD" w14:textId="0F7F448F" w:rsidR="003F0583" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="4" name="Image 4"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251708416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="154C2F60" wp14:editId="576E140A">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>center</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>8255</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="5529580" cy="2849880"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="654503584" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="Image 4"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 6"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5600700" cy="2346960"/>
+                      <a:ext cx="5529580" cy="2849880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="4251AE5A" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p>
-[...2 lines deleted...]
-        <w:spacing w:before="59"/>
+    <w:p w14:paraId="0F1C694A" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27ED7556" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="394F3D0B" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="173D7A6B" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="635E6042" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="261419FA" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54C6B5E1" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="359A2E05" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="310CE37A" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7920802F" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0159D353" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A45257D" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5136A9BB" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43176BB6" w14:textId="77777777" w:rsidR="001A1739" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66D07BC4" w14:textId="77777777" w:rsidR="001A1739" w:rsidRPr="00952C11" w:rsidRDefault="001A1739" w:rsidP="004F31E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="left"/>
-        <w:tblInd w:w="367" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1418"/>
-        <w:gridCol w:w="8661"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="8936"/>
       </w:tblGrid>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008A59B6" w:rsidRPr="008A59B6" w14:paraId="7D415F89" w14:textId="77777777" w:rsidTr="002B2544">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="0A5293"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="0C59F922" w14:textId="77777777" w:rsidR="004F31E3" w:rsidRPr="008A59B6" w:rsidRDefault="004F31E3" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8661" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="0A5293"/>
+            <w:tcW w:w="8936" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p>
-[...231 lines deleted...]
-              <w:t>bữa</w:t>
+          <w:p w14:paraId="72B74E3D" w14:textId="3DBCAE83" w:rsidR="004F31E3" w:rsidRPr="008A59B6" w:rsidRDefault="00093B23" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>HÀNG CHÂU – Ô TRẤN</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD39F9" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TÂY SÁCH</w:t>
+            </w:r>
+            <w:r w:rsidR="0091467E" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004F31E3" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>| Ăn 3 bữa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004F31E3" w:rsidRPr="00952C11" w14:paraId="78456896" w14:textId="77777777" w:rsidTr="008A59B6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...25 lines deleted...]
-              <w:t>sáng</w:t>
+          <w:p w14:paraId="4FFB01D4" w14:textId="48E574A5" w:rsidR="004F31E3" w:rsidRPr="00952C11" w:rsidRDefault="004F31E3" w:rsidP="00C606F1">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Buổi sáng</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8661" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8936" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:left="102" w:right="109"/>
+          <w:p w14:paraId="757BE0E8" w14:textId="2A3CF78F" w:rsidR="001F41A6" w:rsidRDefault="007C558A" w:rsidP="0091467E">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="52"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...245 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Quý khách ăn sáng tại khách sạn</w:t>
+            </w:r>
+            <w:r w:rsidR="001720BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="001F41A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Sau bữa sáng, đoàn làm thủ tục trả phòng khách sạn.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EE5A53C" w14:textId="12855947" w:rsidR="007C558A" w:rsidRDefault="001F41A6" w:rsidP="0091467E">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="52"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">09h00 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B43F67">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Xe &amp; HDV đưa đoàn đi tham quan:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14F01D27" w14:textId="5C3F1922" w:rsidR="00DB050D" w:rsidRPr="00494BDB" w:rsidRDefault="00DB050D" w:rsidP="00494BDB">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="25"/>
               </w:numPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:left="822" w:right="0" w:hanging="360"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...59 lines deleted...]
-              <w:ind w:left="102" w:right="110"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tây Hồ </w:t>
+            </w:r>
+            <w:r w:rsidR="00B1455D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>- Quý khách đi xe điện</w:t>
+            </w:r>
+            <w:r w:rsidR="001F41A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="001F41A6" w:rsidRPr="00494BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>xe riêng hoặc xe ghép )</w:t>
+            </w:r>
+            <w:r w:rsidR="00B1455D" w:rsidRPr="00494BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ngắm cảnh một vòng xung quanh hồ trong </w:t>
+            </w:r>
+            <w:r w:rsidR="001F41A6" w:rsidRPr="00494BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00B1455D" w:rsidRPr="00494BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>0 phút.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33621201" w14:textId="4A4C6829" w:rsidR="00567D6A" w:rsidRPr="00AF1750" w:rsidRDefault="00567D6A" w:rsidP="00567D6A">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF1750">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Nếu </w:t>
+            </w:r>
+            <w:r w:rsidR="001F41A6" w:rsidRPr="001F41A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>không đặt được xe điện</w:t>
+            </w:r>
+            <w:r w:rsidR="001F41A6" w:rsidRPr="001F41A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sẽ đổi thành du thuyền Tây Hồ</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF1750" w:rsidRPr="00AF1750">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B8213FB" w14:textId="4531D798" w:rsidR="00B63E83" w:rsidRPr="00B63E83" w:rsidRDefault="00DB050D" w:rsidP="001F41A6">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:spacing w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="102" w:right="106"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...764 lines deleted...]
-              <w:t>xưa.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Đ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ược xem là đẹp và nên thơ nhất trong hơn 36 hồ có cùng tên ở Trung Quốc, nhìn ngắm Quả sơn, Đoạn kiều, Trường kiều, Tô Đê Bạch Đê, Tam Đàn Ấn Nguyệt và Hoa Cảng Quan Ngư (bên ngoài) gắn liền với những truyền thuyết về Lương Sơn Bá - Chúc Anh Đài, nhà thơ Lý Bạch, Thanh xà - Bạch xà.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008D7219" w:rsidRPr="00952C11" w14:paraId="47416B48" w14:textId="77777777" w:rsidTr="008A59B6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...25 lines deleted...]
-              <w:t>trưa</w:t>
+          <w:p w14:paraId="70F2025D" w14:textId="11D6003F" w:rsidR="008D7219" w:rsidRPr="00952C11" w:rsidRDefault="008D7219" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Buổi trưa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8661" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8936" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...134 lines deleted...]
-              <w:t>phương.</w:t>
+          <w:p w14:paraId="0B3710E5" w14:textId="77777777" w:rsidR="008D7219" w:rsidRDefault="008D7219" w:rsidP="0091467E">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="52"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn </w:t>
+            </w:r>
+            <w:r w:rsidR="001F41A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>di chuyển đến</w:t>
+            </w:r>
+            <w:r w:rsidR="001F41A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nhà hàng trước cổng phim trường Tống Thành dùng bữa trưa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F519157" w14:textId="5E5D834C" w:rsidR="00355336" w:rsidRPr="00355336" w:rsidRDefault="00494BDB" w:rsidP="00355336">
+            <w:pPr>
+              <w:pBdr>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="37"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14h00 </w:t>
+            </w:r>
+            <w:r w:rsidR="00355336">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sau bữa trưa, </w:t>
+            </w:r>
+            <w:r w:rsidR="00355336" w:rsidRPr="00EB359E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quý khách có thể thưởng thức chương trình biểu diễn đặc sắc trong </w:t>
+            </w:r>
+            <w:r w:rsidR="00355336" w:rsidRPr="00EB359E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Tống Thành Thiên Tình Cổ</w:t>
+            </w:r>
+            <w:r w:rsidR="00355336" w:rsidRPr="00EB359E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00355336" w:rsidRPr="00EB359E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>- là ѕho</w:t>
+            </w:r>
+            <w:r w:rsidR="00355336" w:rsidRPr="00EB359E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>ᴡ</w:t>
+            </w:r>
+            <w:r w:rsidR="00355336" w:rsidRPr="00EB359E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> biểu diễn độc đáo thể hiện lại các giai thoại </w:t>
+            </w:r>
+            <w:r w:rsidR="00355336" w:rsidRPr="00EB359E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>ᴠ</w:t>
+            </w:r>
+            <w:r w:rsidR="00355336" w:rsidRPr="00EB359E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>ề những câu chuуện nổi tiếng tại mảnh đất Hàng Châu.</w:t>
+            </w:r>
+            <w:r w:rsidR="00355336" w:rsidRPr="00EB359E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Đâу là một nét </w:t>
+            </w:r>
+            <w:r w:rsidR="00355336" w:rsidRPr="00EB359E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ᴠ</w:t>
+            </w:r>
+            <w:r w:rsidR="00355336" w:rsidRPr="00EB359E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ăn hóa đặc trưng tiêu biểu nhất mà bất cứ du khách nào khi du lịch Trung Quốc đến đâу cũng mong được thưởng thức </w:t>
+            </w:r>
+            <w:r w:rsidR="00355336" w:rsidRPr="00EB359E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>(chi phí tự túc)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001C693D" w:rsidRPr="00952C11" w14:paraId="235D1E42" w14:textId="77777777" w:rsidTr="008A59B6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...18 lines deleted...]
-              <w:t> chiều</w:t>
+          <w:p w14:paraId="71413B8E" w14:textId="7BA81F7A" w:rsidR="001C693D" w:rsidRPr="00952C11" w:rsidRDefault="001C693D" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Buổi chiều</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8661" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8936" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:left="102"/>
+          <w:p w14:paraId="76F95401" w14:textId="4482E2FC" w:rsidR="001C693D" w:rsidRDefault="00355336" w:rsidP="001C693D">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="52"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...99 lines deleted...]
-              <w:ind w:left="822" w:right="0" w:hanging="360"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16h00 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidR="007835F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e đưa đoàn </w:t>
+            </w:r>
+            <w:r w:rsidR="00084A27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>rời Hàng Châu, đến với cổ trấn Ô Trấn</w:t>
+            </w:r>
+            <w:r w:rsidR="00F00CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (cách Hàng Châu khoảng 80km, thời gian di chuyển 1 tiếng</w:t>
+            </w:r>
+            <w:r w:rsidR="00881D48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 phút).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5618A8D7" w14:textId="58F2D078" w:rsidR="001C693D" w:rsidRPr="00B12817" w:rsidRDefault="00B12817" w:rsidP="00B12817">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="52"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...42 lines deleted...]
-              <w:ind w:left="102" w:right="162"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Ô</w:t>
+            </w:r>
+            <w:r w:rsidR="001C693D" w:rsidRPr="00B12817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Trấn</w:t>
+            </w:r>
+            <w:r w:rsidR="001C693D" w:rsidRPr="00B12817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> được chia làm bao gồm bốn phần: Khu phía Đông (Dongzha) và Khu phía Tây (Xizha) - những khu danh lam thắng cảnh yêu cầu mua vé hoặc vé kết hợp để tham quan, còn khu phía Nam và phía Bắc là nơi sinh sống của người dân địa phương.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B123153" w14:textId="77777777" w:rsidR="001C693D" w:rsidRPr="00802288" w:rsidRDefault="001C693D" w:rsidP="001C693D">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="52"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...259 lines deleted...]
-              <w:ind w:left="102"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00802288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">So với Khu phía Đông, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00802288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>phía Tây Ô Trấn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00802288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00802288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>thưa thớt người và yên tĩnh hơn, ngay cả việc quy hoạch đường xá hay các ngôi nhà ở khu vực này cũng rộng rãi và được trang trí đẹp mắt hơn. Đây là thiên đường với khách du lịch và nghỉ dưỡng.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E969EF5" w14:textId="4622EED9" w:rsidR="00B63E83" w:rsidRPr="00B63E83" w:rsidRDefault="001C693D" w:rsidP="001C693D">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="52"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...261 lines deleted...]
-              <w:t>.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00802288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Ô Trấn Tây Sách</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00802288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00802288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>có diện tích 3,4 km</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00802288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00802288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> và các con sông chảy qua khu vực này có chiều dài hơn 9 km. Tổng cộng có 72 cây cầu cổ ở khu Tây và vô số kiến ​​trúc tinh xảo từ thời nhà Minh và nhà Thanh trải dọc hai bên con phố cổ dài 1,8 km.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C693D" w:rsidRPr="00952C11" w14:paraId="767510E7" w14:textId="77777777" w:rsidTr="008A59B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC25875" w14:textId="77777777" w:rsidR="001C693D" w:rsidRPr="00952C11" w:rsidRDefault="001C693D" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Buổi tối</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8936" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="098F80F6" w14:textId="77777777" w:rsidR="00494BDB" w:rsidRDefault="009E7FC2" w:rsidP="007F7117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quý khách </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>dùng</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bữa tối tại nhà hàng</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6620FDCF" w14:textId="30CA23C0" w:rsidR="009E7FC2" w:rsidRDefault="009E7FC2" w:rsidP="007F7117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Sau đó, đoàn về nhận phòng khách sạn nghỉ</w:t>
+            </w:r>
+            <w:r w:rsidR="007F7117">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ngơi</w:t>
+            </w:r>
+            <w:r w:rsidR="00913024">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hoặc tự do</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> khám phá văn hóa, nhịp sống &amp; vẻ đẹp của cổ trấn về đêm.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B2DA7E" w14:textId="6AB98564" w:rsidR="001C693D" w:rsidRPr="00952C11" w:rsidRDefault="009E7FC2" w:rsidP="007F7117">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="37"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00802288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Khách sạn 5* tại </w:t>
+            </w:r>
+            <w:r w:rsidR="00913024">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">trung tâm </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00802288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Ô Trấn</w:t>
+            </w:r>
+            <w:r w:rsidR="00913024">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tây Sách</w:t>
+            </w:r>
+            <w:r w:rsidR="0070535A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0070535A" w:rsidRPr="0070535A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>(Tong’an hoặc Yonge hoặc tương đương)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="56421A12" w14:textId="35399E0F" w:rsidR="00A477A5" w:rsidRPr="00952C11" w:rsidRDefault="00AE5488" w:rsidP="004F31E3">
+      <w:pPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1377 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487589376">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251709440" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C9E939D" wp14:editId="4BE6C192">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="page">
-              <wp:posOffset>754380</wp:posOffset>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>175260</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>185762</wp:posOffset>
+              <wp:posOffset>120015</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="6071128" cy="2078736"/>
-[...2 lines deleted...]
-            <wp:docPr id="5" name="Image 5"/>
+            <wp:extent cx="6187440" cy="2705100"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="2108956514" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="5" name="Image 5"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 8"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId13">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6071128" cy="2078736"/>
+                      <a:ext cx="6187440" cy="2705100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p>
-[...7 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="left"/>
-        <w:tblInd w:w="367" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-[...4824 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="8657"/>
       </w:tblGrid>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008A59B6" w:rsidRPr="008A59B6" w14:paraId="3BB71F90" w14:textId="77777777" w:rsidTr="002B2544">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p>
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="67BFD8B8" w14:textId="210B512B" w:rsidR="004F31E3" w:rsidRPr="008A59B6" w:rsidRDefault="004F31E3" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">NGÀY 5 </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8657" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p>
-[...86 lines deleted...]
-              <w:t>túc)</w:t>
+          <w:p w14:paraId="45E9F70A" w14:textId="7A102FA6" w:rsidR="004F31E3" w:rsidRPr="008A59B6" w:rsidRDefault="0016417C" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Ô TRẤN</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD39F9" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TÂY SÁCH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – THƯỢNG HẢI</w:t>
+            </w:r>
+            <w:r w:rsidR="007049BD" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> |</w:t>
+            </w:r>
+            <w:r w:rsidR="004F31E3" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004307CA" w:rsidRPr="008A59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Ăn 3 bữa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004F31E3" w:rsidRPr="00952C11" w14:paraId="7B7EBF20" w14:textId="77777777" w:rsidTr="008A59B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...18 lines deleted...]
-              <w:t> chiều</w:t>
+          <w:p w14:paraId="7B42A47C" w14:textId="151C1037" w:rsidR="004F31E3" w:rsidRPr="00952C11" w:rsidRDefault="004F31E3" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Buổi sáng</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8657" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:left="103" w:right="162"/>
+          <w:p w14:paraId="4CDE91D3" w14:textId="05ED7C13" w:rsidR="00355336" w:rsidRDefault="007049BD" w:rsidP="0016417C">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="37"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...19 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Quý khách dùng bữa sáng tại khách sạn</w:t>
+            </w:r>
+            <w:r w:rsidR="00355336">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, sau đó </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD39F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">đoàn tiếp tục chương trình tham quan </w:t>
+            </w:r>
+            <w:r w:rsidR="00355336">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ô Trấn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0585DD12" w14:textId="66EF7BE0" w:rsidR="00B63E83" w:rsidRPr="003C70C7" w:rsidRDefault="00355336" w:rsidP="00881D48">
+            <w:pPr>
               <w:spacing w:line="300" w:lineRule="auto"/>
-              <w:ind w:left="103" w:right="162"/>
+              <w:ind w:right="37"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1507 lines deleted...]
-              <w:t>thời nhà Minh và nhà Thanh trải dọc hai bên con phố cổ dài 1,8 km.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10h00 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Đoàn</w:t>
+            </w:r>
+            <w:r w:rsidR="007049BD" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> làm thủ tục trả phòng.</w:t>
+            </w:r>
+            <w:r w:rsidR="00153116" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Xe đưa đoàn di chuyển </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA7022">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>đến thành phố Thượng Hải</w:t>
+            </w:r>
+            <w:r w:rsidR="00B7462D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (khoảng cách 140 km</w:t>
+            </w:r>
+            <w:r w:rsidR="00494BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>, thời gian di chuyển khoảng 2 tiếng</w:t>
+            </w:r>
+            <w:r w:rsidR="00B7462D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="0097011E" w:rsidRPr="00952C11" w14:paraId="1E9E58A7" w14:textId="77777777" w:rsidTr="00C606F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p>
-[...25 lines deleted...]
-              <w:t>tối</w:t>
+          <w:p w14:paraId="43D73B31" w14:textId="3D54DE6C" w:rsidR="0097011E" w:rsidRPr="00952C11" w:rsidRDefault="00A45E9D" w:rsidP="00C606F1">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Buổi trưa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8657" w:type="dxa"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p>
-[...139 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="33069567" w14:textId="7F1162DB" w:rsidR="0097011E" w:rsidRPr="00952C11" w:rsidRDefault="00A45E9D" w:rsidP="0016417C">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="37"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Đoàn ăn trưa tại nhà hàng địa phương</w:t>
+            </w:r>
+            <w:r w:rsidR="005C254C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ngoài Ô Trấn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0097011E" w:rsidRPr="00952C11" w14:paraId="53812986" w14:textId="77777777" w:rsidTr="008A59B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56854682" w14:textId="73571BD5" w:rsidR="0097011E" w:rsidRPr="00952C11" w:rsidRDefault="00A45E9D" w:rsidP="008A59B6">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Buổi chiều</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8657" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DC5017" w14:textId="0C703D6F" w:rsidR="005C254C" w:rsidRDefault="005C254C" w:rsidP="005C254C">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="37"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16h00 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Đến với thành phố Thượng Hải phồn hoa</w:t>
+            </w:r>
+            <w:r w:rsidR="003C70C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>, đoàn tự do tham quan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05F9445F" w14:textId="35C1669E" w:rsidR="005C254C" w:rsidRPr="005C254C" w:rsidRDefault="005C254C" w:rsidP="005C254C">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C254C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Trung tâm mua sắm Tân Thiên Địa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C254C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46C0A4F6" w14:textId="77777777" w:rsidR="005C254C" w:rsidRDefault="005C254C" w:rsidP="005C254C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Tân Thiên Địa nằm ở quận Hoàng Phố, Thượng Hải, có diện tích khoảng 25.000 mét vuông, là một điểm thu hút khách du lịch đô thị được chuyển đổi từ tòa nhà Thạch Khố Môn cũ. Nó không chỉ lưu giữ những nét lịch sử và văn hóa của Thượng Hải mà còn kết hợp giữa thiết kế hiện đại và sự sáng tạo, tạo thành một khu vực tổng thể đầy sức sống và quyến rũ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="678550E6" w14:textId="77777777" w:rsidR="005C254C" w:rsidRDefault="005C254C" w:rsidP="005C254C">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="37"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Tân Thiên Địa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> là </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>địa điểm không thể bỏ qua đối với khách du lịch Trung Quốc và nước ngoài mà còn là địa điểm thời trang được giới trẻ địa phương thường xuyên lui tới. Đến đây vào ban ngày để ngắm ảnh đường phố đẹp và thong thả thưởng thức trà chiều, ban đêm có thể di chuyển giữa các quán bar và trải nghiệm cuộc sống Thượng Hải về đêm.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="007D781A" w14:textId="42EB7166" w:rsidR="005C254C" w:rsidRPr="003A2902" w:rsidRDefault="005C254C" w:rsidP="005C254C">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="37"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A2902">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Thạch Khố Môn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51EEDC2A" w14:textId="0F30C49B" w:rsidR="009410E1" w:rsidRPr="00952C11" w:rsidRDefault="005C254C" w:rsidP="0016417C">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="37"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00047E0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>iến trúc Thạch Khố Môn là một dạng nhà ở đặc biệt kết hợp đặc điểm của những ngôi nhà truyền thống Trung Quốc và kiến ​​trúc phương Tây, chủ yếu xuất hiện ở những con phố cổ của Thượng Hải</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F31E3" w:rsidRPr="00952C11" w14:paraId="63A6B42C" w14:textId="77777777" w:rsidTr="00EA66CE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFE540D" w14:textId="77777777" w:rsidR="004F31E3" w:rsidRPr="00952C11" w:rsidRDefault="004F31E3" w:rsidP="00EA66CE">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Buổi tối</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8657" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA1283B" w14:textId="35BE851C" w:rsidR="004F31E3" w:rsidRPr="003C70C7" w:rsidRDefault="00B81BFF" w:rsidP="00C606F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B81BFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CB05507" wp14:editId="12CE5D5A">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>3438525</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>69215</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="1957070" cy="3017520"/>
+                  <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+                  <wp:wrapSquare wrapText="bothSides"/>
+                  <wp:docPr id="205864710" name="Picture 1"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="205864710" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId14">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1957070" cy="3017520"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidR="005C254C" w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18h00 </w:t>
+            </w:r>
+            <w:r w:rsidR="005E1CA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Quý khách ăn tối tại nhà hàng địa phương</w:t>
+            </w:r>
+            <w:r w:rsidR="002C69F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="003C70C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005C254C" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sau bữa tối Quý khách có thể tham gia </w:t>
+            </w:r>
+            <w:r w:rsidR="005C254C" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...173 lines deleted...]
-              <w:rPr>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Chương trình du thuyền trên sông Hoàng Phố ngắm cảnh đẹp hai bờ Tây – Đông thành phố Thượng Hải</w:t>
+            </w:r>
+            <w:r w:rsidR="005C254C" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005C254C" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dưới những ánh đèn đủ màu sắc của các toà nhà cao tầng dọc 2 bên sông hoặc đi tàu điện ngầm khám phá thành phố Thượng Hải về đêm </w:t>
+            </w:r>
+            <w:r w:rsidR="005C254C" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>(chi phí tự túc</w:t>
+            </w:r>
+            <w:r w:rsidR="005C254C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48A0A938" w14:textId="307AB9C9" w:rsidR="005C254C" w:rsidRDefault="005C254C" w:rsidP="00C606F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>20h30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Từ bến thuyền, Quý Khách đi tham quan mua sắm ở </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C254C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Lục Gia Ch</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD488C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>ủ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C254C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD488C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - địa điểm check</w:t>
+            </w:r>
+            <w:r w:rsidR="00361508">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD488C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>in sang chảnh bậc nhất Thượng Hải</w:t>
+            </w:r>
+            <w:r w:rsidR="007D2184" w:rsidRPr="007D2184">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. Hàng loạt tòa nhà chọc trời muôn hình vạn trạng điểm tô cho đường chân trời khiến nơi đây tựa như thế giới tương lai. Mỗi khi đêm về, Lục Gia Chủy lại cùng thành phố cuồng nhiệt trong ánh đèn rực rỡ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41F744E2" w14:textId="2F053C8A" w:rsidR="002C69F0" w:rsidRDefault="002C69F0" w:rsidP="00C606F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sau </w:t>
+            </w:r>
+            <w:r w:rsidR="005C254C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>đó,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> đoàn về khách sạn nhận phòng &amp; nghỉ ngơi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FDB8821" w14:textId="65D46DF9" w:rsidR="005C254C" w:rsidRPr="005C254C" w:rsidRDefault="00D504A2" w:rsidP="007D2184">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7632"/>
+                <w:tab w:val="left" w:pos="7812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755F76">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Khách sạn 4* tại Thượng Hải</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00755F76">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00755F76">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:spacing w:val="31"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="005C254C" w:rsidRPr="005C254C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Shanghai Golden Rich Hotel</w:t>
+            </w:r>
+            <w:r w:rsidR="005C254C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:spacing w:val="32"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="005C254C" w:rsidRPr="005C254C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Shanghai Duole Hotel</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49EB519C" w14:textId="2CBD1C66" w:rsidR="00FD488C" w:rsidRPr="00CC2D8A" w:rsidRDefault="00755F76" w:rsidP="00C606F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:spacing w:val="31"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755F76">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...36 lines deleted...]
-              <w:t>đương)</w:t>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hoặc tương đương)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="1276F4EB" w14:textId="2B56E446" w:rsidR="00141D0B" w:rsidRDefault="00141D0B" w:rsidP="00FD0810">
+      <w:pPr>
         <w:rPr>
-          <w:sz w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="3F8022E1" w14:textId="77777777" w:rsidR="00A477A5" w:rsidRPr="00FD0810" w:rsidRDefault="00A477A5" w:rsidP="00FD0810">
+      <w:pPr>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...59 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="left"/>
-        <w:tblInd w:w="367" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="8657"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00EA66CE" w:rsidRPr="00EA66CE" w14:paraId="1C077F45" w14:textId="77777777" w:rsidTr="002B2544">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="76BF037B" w14:textId="65ABDBAD" w:rsidR="004307CA" w:rsidRPr="00EA66CE" w:rsidRDefault="004307CA" w:rsidP="00EA66CE">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA66CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8657" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F577F4" w14:textId="5F3343DB" w:rsidR="004307CA" w:rsidRPr="00EA66CE" w:rsidRDefault="00652D33" w:rsidP="00EA66CE">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA66CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="VNI-Book" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>THƯỢNG HẢI</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63E83" w:rsidRPr="00EA66CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="VNI-Book" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – CHÙA PHẬT NGỌC – TÔ GIỚI PHÁP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA66CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="VNI-Book" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004307CA" w:rsidRPr="00EA66CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>| Ăn 3 bữa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004307CA" w:rsidRPr="00952C11" w14:paraId="6899325A" w14:textId="77777777" w:rsidTr="00EA66CE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66AA334F" w14:textId="77777777" w:rsidR="004307CA" w:rsidRPr="00952C11" w:rsidRDefault="004307CA" w:rsidP="00EA66CE">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Buổi sáng</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8657" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="496494D1" w14:textId="77777777" w:rsidR="004307CA" w:rsidRDefault="00974669" w:rsidP="00153116">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Đoàn dùng bữa sáng tại nhà hàng trong khách sạn. Sau bữa sáng, xe và HDV đón đoàn, đưa đoàn tiếp tục tham quan Thượng Hải:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C0627ED" w14:textId="1B3B4450" w:rsidR="00B57753" w:rsidRPr="008D1A82" w:rsidRDefault="00B57753" w:rsidP="008D1A82">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D1A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Chùa Ngọc Phật</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="140C24B1" w14:textId="4882B2BE" w:rsidR="00AB0BB4" w:rsidRDefault="008D1A82" w:rsidP="00153116">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D1A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Chùa Phật Ngọc Thượng Hải là một trong những ngôi chùa lớn nhất ở Trung Quốc với diện tích rộng gần 20 ha. Ngôi chùa Phật Ngọc được xây dựng theo lối kiến trúc cung điện đời Tống vô cùng ấn tượng với 72 gian và được chia làm 3 khu là Thiên Vương Điện, Đại Hùng Điện và Bát Nhã Trượng Thất.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25687B22" w14:textId="595CBBCB" w:rsidR="00512FA3" w:rsidRDefault="00512FA3" w:rsidP="00512FA3">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tô Giới Pháp </w:t>
+            </w:r>
+            <w:r w:rsidR="00734F82">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Thượng Hải</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66D731AA" w14:textId="5339B4EB" w:rsidR="008975FE" w:rsidRPr="00494BDB" w:rsidRDefault="00512FA3" w:rsidP="00153116">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Tô Giới Pháp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>là một điểm đến vô cùng độc đáo. Nơi khám phá sự hòa quyện giữa lịch sử và hiện đại. Nét văn hóa Châu Âu và sự sôi động của cuộc sống đô thị Trung Quốc. Với những con phố lát đá cổ điển, dòng cây bóng mát và các công trình kiến trúc độc đáo. Khu vực này mang lại cảm giác như đang bước vào một phố cổ Châu Âu ngay giữa thành phố hiện đại.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tại đây Quý Khách tự do trải nghiệm, chụp ảnh check in hoặc nhâm nhi tách cà phê nóng.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004307CA" w:rsidRPr="00952C11" w14:paraId="1A63A6A6" w14:textId="77777777" w:rsidTr="00C606F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="582DA09A" w14:textId="77777777" w:rsidR="004307CA" w:rsidRPr="00952C11" w:rsidRDefault="004307CA" w:rsidP="00C606F1">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Buổi trưa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8657" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69772216" w14:textId="5C8DEFD0" w:rsidR="004307CA" w:rsidRPr="00B57753" w:rsidRDefault="007049BD" w:rsidP="00B57753">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quý khách </w:t>
+            </w:r>
+            <w:r w:rsidR="003C70C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dùng </w:t>
+            </w:r>
+            <w:r w:rsidR="00153116" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>bữa trưa tại nhà hàng</w:t>
+            </w:r>
+            <w:r w:rsidR="00E35FB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> địa phương</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA66CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: thưởng thức món </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA66CE" w:rsidRPr="00EA66CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t>MỲ CUA LÔNG THƯỢNG HẢI trứ danh</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35FB8" w:rsidRPr="00952C11" w14:paraId="2F1A78F5" w14:textId="77777777" w:rsidTr="00EA66CE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70C435F0" w14:textId="3328D696" w:rsidR="00E35FB8" w:rsidRPr="00952C11" w:rsidRDefault="00BA54C4" w:rsidP="00EA66CE">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Buổi chiều</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8657" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C34E480" w14:textId="4888C004" w:rsidR="003C70C7" w:rsidRPr="003C70C7" w:rsidRDefault="00385F67" w:rsidP="003C70C7">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="37"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251712512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48852164" wp14:editId="6A1B8D24">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>3110865</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>57785</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2268220" cy="3011805"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapSquare wrapText="bothSides"/>
+                  <wp:docPr id="538048204" name="Picture 13"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 14"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId15">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2268220" cy="3011805"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidR="003C70C7" w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14h00 </w:t>
+            </w:r>
+            <w:r w:rsidR="003C70C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Đoàn tiếp tục chương trình tham quan thành phố:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="788BC3BD" w14:textId="2984E273" w:rsidR="003C70C7" w:rsidRPr="00244C11" w:rsidRDefault="003C70C7" w:rsidP="003C70C7">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00244C11">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Khu phố Đông Thượng Hải</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C7E38AA" w14:textId="411B1F33" w:rsidR="00AB5813" w:rsidRDefault="003C70C7" w:rsidP="003C70C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00881D48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dòng sông Hoàng Phố nằm giữa lòng thành phố, chia Thượng Hải thành khu Phố Đông và Phố Tây. Phố Tây vẫn mang đậm dấu ấn của khu tô giới sầm uất một thời khi chủ nghĩa tư bản xâm nhập Trung Quốc. Khu Phố Đông lại là nơi có nhiều tòa nhà cao trọc trời và những công trình kiến trúc hiện đại: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00881D48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>tòa nhà Tân Mậu 101 tầng, tháp truyền hình Đông Phương Minh Châu cao 468 mét (tòa tháp cao thứ 3 Thế giới), Quảng Trường Nhân Dân, Cầu Nam Phố, Bến Thượng Hải.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C3DED69" w14:textId="77777777" w:rsidR="003C70C7" w:rsidRPr="007204BD" w:rsidRDefault="003C70C7" w:rsidP="003C70C7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="37"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007204BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Tự do mua sắm trên đại lộ Nam Kinh</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32562D74" w14:textId="1FAEEDCD" w:rsidR="003C70C7" w:rsidRPr="00494BDB" w:rsidRDefault="003C70C7" w:rsidP="003C70C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005802DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>ơi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> đây</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005802DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> được mệnh danh là Trung Hoa đệ nhất lộ với hơn 600 trung tâm, cửa hiệu mua sắm, ăn uống, giải trí.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004307CA" w:rsidRPr="00952C11" w14:paraId="425184A0" w14:textId="77777777" w:rsidTr="00EA66CE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BFCDD0E" w14:textId="0D4C2EB8" w:rsidR="004307CA" w:rsidRPr="00952C11" w:rsidRDefault="004307CA" w:rsidP="00EA66CE">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Buổi </w:t>
+            </w:r>
+            <w:r w:rsidR="007049BD" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>tối</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8657" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3801D2" w14:textId="14E58C4B" w:rsidR="003C70C7" w:rsidRDefault="003C70C7" w:rsidP="00E97BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18h00 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00710E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Quý khách dùng bữa tối tại nhà hàn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g địa phương</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CC23BC0" w14:textId="73BA8593" w:rsidR="003C70C7" w:rsidRDefault="003C70C7" w:rsidP="00CC2D8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sau đó đoàn tự do tham quan mua sắm : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72F60D3C" w14:textId="77777777" w:rsidR="003C70C7" w:rsidRDefault="003C70C7" w:rsidP="003C70C7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="37"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F633BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Khu phố cổ Miếu Thành Hoàng</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64669A73" w14:textId="77777777" w:rsidR="003C70C7" w:rsidRPr="0037257A" w:rsidRDefault="003C70C7" w:rsidP="003C70C7">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:right="37"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0037257A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Đến phố cổ Miếu Thành Hoàng du lịch, du khách sẽ thấy những bức tường gạch trắng chạm khắc hình long phụng tinh xảo, mái ngói đỏ cung đình, lồng đèn đỏ treo trước mỗi cửa nhà và lối đi hẹp lát gạch tấp nập bước chân du khách thập phương. Tất cả như đưa du khách về một thị trấn nhỏ vùng Giang Nam xưa với không gian bình yên, thỉnh thoảng điểm xuyết vài tiếng chào mua hàng bình dị.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="419A6A02" w14:textId="4543E346" w:rsidR="003C70C7" w:rsidRDefault="003C70C7" w:rsidP="00E97BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>21h00</w:t>
+            </w:r>
+            <w:r w:rsidR="00C606F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Xe đưa đoàn về Khách sạn nghỉ ngơi</w:t>
+            </w:r>
+            <w:r w:rsidR="00F150FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40C0E253" w14:textId="77777777" w:rsidR="003C70C7" w:rsidRPr="005C254C" w:rsidRDefault="003C70C7" w:rsidP="00E97BFA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7632"/>
+                <w:tab w:val="left" w:pos="7812"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755F76">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Khách sạn 4* tại Thượng Hải</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00755F76">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00755F76">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C254C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Shanghai Golden Rich Hotel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C254C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Shanghai Duole Hotel</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A950799" w14:textId="5872DFF3" w:rsidR="004307CA" w:rsidRPr="00952C11" w:rsidRDefault="003C70C7" w:rsidP="00494BDB">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755F76">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>hoặc tương đương)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B25B13" w:rsidRPr="00952C11" w14:paraId="58224111" w14:textId="77777777" w:rsidTr="00380E12">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10070" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB79D82" w14:textId="77777777" w:rsidR="00B25B13" w:rsidRPr="00BA0DBB" w:rsidRDefault="00B25B13" w:rsidP="00CC2D8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E97BFA" w:rsidRPr="00E97BFA" w14:paraId="21D506E4" w14:textId="77777777" w:rsidTr="002B2544">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="313A42C4" w14:textId="401DBF73" w:rsidR="00153116" w:rsidRPr="00E97BFA" w:rsidRDefault="00153116" w:rsidP="00E97BFA">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E97BFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8657" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="23201BBE" w14:textId="09167782" w:rsidR="00153116" w:rsidRPr="00E97BFA" w:rsidRDefault="00153116" w:rsidP="00E97BFA">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E97BFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00B248EC" w:rsidRPr="00E97BFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>HƯỢNG HẢI – HÀ NỘI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E97BFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="VNI-Book" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00952C11" w:rsidRPr="00E97BFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>| Ăn 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E97BFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bữa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00153116" w:rsidRPr="00952C11" w14:paraId="23A1C3EC" w14:textId="77777777" w:rsidTr="00CC67BC">
         <w:trPr>
-          <w:trHeight w:val="316" w:hRule="atLeast"/>
+          <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="0A5293"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="04761B85" w14:textId="77777777" w:rsidR="00153116" w:rsidRPr="00952C11" w:rsidRDefault="00153116" w:rsidP="00CC67BC">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Buổi sáng</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8657" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="0A5293"/>
           </w:tcPr>
-          <w:p>
-[...156 lines deleted...]
-              <w:t>bữa</w:t>
+          <w:p w14:paraId="6F2DFA24" w14:textId="77777777" w:rsidR="008975FE" w:rsidRDefault="001066D4" w:rsidP="00EB0E95">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quý khách ăn sáng </w:t>
+            </w:r>
+            <w:r w:rsidR="00014ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>tại nhà hàng trong khách sạn.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC2D8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00014ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sau bữa sáng, đoàn tự do </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB0E95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>theo chương trình riêng hoặc dành thời gian thu xếp hành lý</w:t>
+            </w:r>
+            <w:r w:rsidR="008975FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="420A63C1" w14:textId="12E93A1B" w:rsidR="00952C11" w:rsidRPr="00EB0E95" w:rsidRDefault="008975FE" w:rsidP="00EB0E95">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>09h00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quý Khách làm thủ tục trả phòng và di chuyển </w:t>
+            </w:r>
+            <w:r w:rsidR="00494BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ra sân bay Phố Đông (Thượng Hải)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00153116" w:rsidRPr="00952C11" w14:paraId="0235CB46" w14:textId="77777777" w:rsidTr="00CC67BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...25 lines deleted...]
-              <w:t>sáng</w:t>
+          <w:p w14:paraId="0FE6024A" w14:textId="77777777" w:rsidR="00153116" w:rsidRPr="00952C11" w:rsidRDefault="00153116" w:rsidP="00CC67BC">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Buổi trưa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8657" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p>
-[...388 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="70AB533D" w14:textId="4399282C" w:rsidR="00EB0E95" w:rsidRDefault="00153116" w:rsidP="00EB0E95">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quý khách </w:t>
+            </w:r>
+            <w:r w:rsidR="00952C11" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>dùng</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bữa trưa tại</w:t>
+            </w:r>
+            <w:r w:rsidR="00952C11" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nhà hàng</w:t>
+            </w:r>
+            <w:r w:rsidR="008975FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gần Sân Bay.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6191FFE4" w14:textId="77777777" w:rsidR="00DA1F40" w:rsidRDefault="00952C11" w:rsidP="001E5F49">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sau đó</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB0E95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Xe </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB0E95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&amp; HDV địa phương </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">đưa Quý khách </w:t>
+            </w:r>
+            <w:r w:rsidR="00494BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ra sân bay</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, đáp chuyến bay </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13ABDCE4" w14:textId="11A427A8" w:rsidR="00153116" w:rsidRDefault="00952C11" w:rsidP="001E5F49">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>CA755 (14h10 - 16h40)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>rời Thượng Hải về Hà Nội.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61728A70" w14:textId="2DC5ADDE" w:rsidR="00C606F1" w:rsidRPr="001E5F49" w:rsidRDefault="00C606F1" w:rsidP="001E5F49">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...43 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00153116" w:rsidRPr="00952C11" w14:paraId="7AB3A594" w14:textId="77777777" w:rsidTr="00CC67BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...25 lines deleted...]
-              <w:t>trưa</w:t>
+          <w:p w14:paraId="64C3F513" w14:textId="27D22FE0" w:rsidR="00153116" w:rsidRPr="00952C11" w:rsidRDefault="00153116" w:rsidP="00CC67BC">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Buổi </w:t>
+            </w:r>
+            <w:r w:rsidR="00952C11" w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>chiều</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8657" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="729C8BFF" w14:textId="7F1D1791" w:rsidR="00153116" w:rsidRPr="00160E29" w:rsidRDefault="00952C11" w:rsidP="00160E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>16h40</w:t>
+            </w:r>
+            <w:r w:rsidR="00C606F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00153116" w:rsidRPr="001E5F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quý khách </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E5F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>hạ cánh xuống sân bay Nội Bài</w:t>
+            </w:r>
+            <w:r w:rsidR="00153116" w:rsidRPr="001E5F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E5F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Xe đưa đoàn về điểm hẹn ban đầu. Kết thúc chương trình.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="16F15B16" w14:textId="77777777" w:rsidR="00632833" w:rsidRDefault="00632833" w:rsidP="007049BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textDirection w:val="btLr"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21BCF003" w14:textId="460F6D64" w:rsidR="009179AF" w:rsidRDefault="007049BD" w:rsidP="007049BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textDirection w:val="btLr"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00952C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Lưu ý:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00952C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00952C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Chương trình có thể thay đổi trình tự tùy theo tình hình thực tế nhưng vẫn đảm bảo thực hiện đầy đủ các tuyến điểm tham quan có đề cập trong chương trình.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4930FF" w14:textId="77777777" w:rsidR="009179AF" w:rsidRPr="00CC2D8A" w:rsidRDefault="009179AF" w:rsidP="007049BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textDirection w:val="btLr"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10479" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="2966"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00462F85" w:rsidRPr="00952C11" w14:paraId="59510359" w14:textId="77777777" w:rsidTr="00A8619D">
+        <w:trPr>
+          <w:trHeight w:val="685"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10479" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p>
-[...143 lines deleted...]
-              <w:t>Trấn.</w:t>
+          <w:p w14:paraId="50C6E7DA" w14:textId="6A7A6A4A" w:rsidR="00462F85" w:rsidRPr="00952C11" w:rsidRDefault="00462F85" w:rsidP="00C606F1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>GIÁ TOUR TRỌN GÓI</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79B96B29" w14:textId="799E635A" w:rsidR="00462F85" w:rsidRPr="00952C11" w:rsidRDefault="00462F85" w:rsidP="00462F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Áp dụng cho đoàn </w:t>
+            </w:r>
+            <w:r w:rsidR="00160E29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> người lớn trở lên)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="002A7AFD" w:rsidRPr="00952C11" w14:paraId="47D13961" w14:textId="77777777" w:rsidTr="002B2544">
         <w:trPr>
-          <w:trHeight w:val="4836" w:hRule="atLeast"/>
+          <w:trHeight w:val="678"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...18 lines deleted...]
-              <w:t> chiều</w:t>
+          <w:p w14:paraId="32EAD249" w14:textId="62E010D3" w:rsidR="002A7AFD" w:rsidRPr="00952C11" w:rsidRDefault="002A7AFD" w:rsidP="00CC67BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>NGÀY KHỞI HÀNH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8657" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...1348 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="12E7CF08" w14:textId="77777777" w:rsidR="002A7AFD" w:rsidRPr="00952C11" w:rsidRDefault="002A7AFD" w:rsidP="00CC67BC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>NGƯỜI LỚN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0360F679" w14:textId="6681928C" w:rsidR="002A7AFD" w:rsidRPr="00952C11" w:rsidRDefault="002A7AFD" w:rsidP="00CC67BC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Từ 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC67BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tuổi trở lên</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFDC4BC" w14:textId="77777777" w:rsidR="002A7AFD" w:rsidRPr="00952C11" w:rsidRDefault="002A7AFD" w:rsidP="00CC67BC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>TRẺ EM (2-11 tuổi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EA4800D" w14:textId="3431C65E" w:rsidR="002A7AFD" w:rsidRPr="00952C11" w:rsidRDefault="002A7AFD" w:rsidP="00CC67BC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00CC67BC" w:rsidRPr="00952C11" w14:paraId="43DE0F89" w14:textId="77777777" w:rsidTr="004A0FF8">
         <w:trPr>
-          <w:trHeight w:val="4972" w:hRule="atLeast"/>
+          <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...25 lines deleted...]
-              <w:t>tối</w:t>
+          <w:p w14:paraId="67BFE1D1" w14:textId="4A375916" w:rsidR="00CC67BC" w:rsidRPr="004C1EE0" w:rsidRDefault="00CC67BC" w:rsidP="00CC67BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Tháng 1: 17, 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8657" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...653 lines deleted...]
-              <w:t>đương)</w:t>
+          <w:p w14:paraId="4746F1D5" w14:textId="7D8F27BD" w:rsidR="00CC67BC" w:rsidRPr="004C1EE0" w:rsidRDefault="00CC67BC" w:rsidP="000B2CE4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>24.490.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07B8493B" w14:textId="7503F743" w:rsidR="00CC67BC" w:rsidRPr="004C1EE0" w:rsidRDefault="00CC67BC" w:rsidP="000B2CE4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>90% giá tour NL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC67BC" w:rsidRPr="00952C11" w14:paraId="77C4C065" w14:textId="77777777" w:rsidTr="004A0FF8">
+        <w:trPr>
+          <w:trHeight w:val="566"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC826E0" w14:textId="3C070F48" w:rsidR="00CC67BC" w:rsidRPr="004C1EE0" w:rsidRDefault="00CC67BC" w:rsidP="00CC67BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Tháng 2: 02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7C88414E" w14:textId="1841EF4D" w:rsidR="00CC67BC" w:rsidRPr="004C1EE0" w:rsidRDefault="00CC67BC" w:rsidP="000B2CE4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2966" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="123E36B0" w14:textId="5013877F" w:rsidR="00CC67BC" w:rsidRPr="004C1EE0" w:rsidRDefault="00CC67BC" w:rsidP="000B2CE4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC67BC" w:rsidRPr="00952C11" w14:paraId="5971F73C" w14:textId="77777777" w:rsidTr="004A0FF8">
+        <w:trPr>
+          <w:trHeight w:val="566"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73A23D33" w14:textId="0FD7508F" w:rsidR="00CC67BC" w:rsidRPr="00FB7D26" w:rsidRDefault="00CC67BC" w:rsidP="00CC67BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB7D26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Tháng 2: 20 (M4T)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3212C9C2" w14:textId="2E8D138D" w:rsidR="00CC67BC" w:rsidRPr="00FB7D26" w:rsidRDefault="00FB7D26" w:rsidP="000B2CE4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB7D26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>27.990.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2966" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="15D2F79D" w14:textId="77777777" w:rsidR="00CC67BC" w:rsidRPr="004C1EE0" w:rsidRDefault="00CC67BC" w:rsidP="000B2CE4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B2CE4" w:rsidRPr="00952C11" w14:paraId="132F4305" w14:textId="77777777" w:rsidTr="004A0FF8">
+        <w:trPr>
+          <w:trHeight w:val="566"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5650E5F3" w14:textId="7324B766" w:rsidR="000B2CE4" w:rsidRPr="00952C11" w:rsidRDefault="000B2CE4" w:rsidP="00CC67BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41F6AE45" w14:textId="05101DB9" w:rsidR="000B2CE4" w:rsidRPr="00952C11" w:rsidRDefault="000B2CE4" w:rsidP="000B2CE4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F885AC5" w14:textId="28BC2A15" w:rsidR="000B2CE4" w:rsidRPr="00952C11" w:rsidRDefault="000B2CE4" w:rsidP="000B2CE4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>02 người lớn/phòng tại khách sạn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2966" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6C19BC" w14:textId="77777777" w:rsidR="000B2CE4" w:rsidRPr="00952C11" w:rsidRDefault="000B2CE4" w:rsidP="000B2CE4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ngủ chung giường cha mẹ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F4F6054" w14:textId="7FCA259C" w:rsidR="000B2CE4" w:rsidRPr="00952C11" w:rsidRDefault="000B2CE4" w:rsidP="000B2CE4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>có ghế ngồi riêng trên máy bay</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="643F8A65" w14:textId="77777777" w:rsidR="00993CF3" w:rsidRPr="00952C11" w:rsidRDefault="00993CF3" w:rsidP="00792823">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textDirection w:val="btLr"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="left"/>
-[...5342 lines deleted...]
-        <w:ind w:left="398" w:right="360" w:firstLine="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...759 lines deleted...]
-        <w:tblInd w:w="162" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5529"/>
-        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="4109"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00FB7D26" w:rsidRPr="00FB7D26" w14:paraId="12EB71D3" w14:textId="77777777" w:rsidTr="002B2544">
         <w:trPr>
-          <w:trHeight w:val="362" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="0A5293"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p>
-[...67 lines deleted...]
-              <w:t>GỒM</w:t>
+          <w:p w14:paraId="1802EDAE" w14:textId="4F5BCBF2" w:rsidR="00EB5512" w:rsidRPr="00FB7D26" w:rsidRDefault="00A97D01" w:rsidP="00FB7D26">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB7D26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>DỊCH VỤ BAO GỒM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="4109" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="0A5293"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p>
-[...84 lines deleted...]
-              <w:t>GỒM</w:t>
+          <w:p w14:paraId="4364F3D8" w14:textId="6DB54C25" w:rsidR="00A97D01" w:rsidRPr="00FB7D26" w:rsidRDefault="00A97D01" w:rsidP="00FB7D26">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB7D26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>DỊCH VỤ KHÔNG BAO GỒM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00806080" w:rsidRPr="00952C11" w14:paraId="00B10BB9" w14:textId="77777777" w:rsidTr="008231EA">
         <w:trPr>
-          <w:trHeight w:val="5619" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p>
-[...1 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+          <w:p w14:paraId="2FB7711E" w14:textId="270E4348" w:rsidR="005316BC" w:rsidRPr="00952C11" w:rsidRDefault="005316BC" w:rsidP="003A24C3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:left="358" w:right="103" w:hanging="250"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="250" w:hanging="250"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Vé máy bay khứ hồi Hà Nộ</w:t>
+            </w:r>
+            <w:r w:rsidR="00B6530A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>i – Bắc Kinh</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00B6530A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Thượng Hải</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– Hà Nội của hàng không </w:t>
+            </w:r>
+            <w:r w:rsidR="00B6530A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Air China</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (0</w:t>
+            </w:r>
+            <w:r w:rsidR="00C137CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>kg xách tay +</w:t>
+            </w:r>
+            <w:r w:rsidR="00B6530A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 kiện 23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kg ký gửi).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B7B6956" w14:textId="77777777" w:rsidR="005316BC" w:rsidRPr="00952C11" w:rsidRDefault="005316BC" w:rsidP="003A24C3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:left="358" w:right="103" w:hanging="250"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="250" w:hanging="250"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Lệ phí sân bay 2 nước, thuế an ninh hàng không &amp; phụ phí nhiên liệu</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...1 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+          <w:p w14:paraId="3884CF20" w14:textId="678DB493" w:rsidR="005316BC" w:rsidRPr="00952C11" w:rsidRDefault="005316BC" w:rsidP="003A24C3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:left="358" w:right="104" w:hanging="250"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="250" w:hanging="250"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...141 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Khách sạn tiêu chuẩ</w:t>
+            </w:r>
+            <w:r w:rsidR="00B6530A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>n 4 &amp; 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sao (Phòng đôi/Nếu đoàn lẻ khách thì ngủ phòng 3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A0AD205" w14:textId="77777777" w:rsidR="005316BC" w:rsidRPr="00952C11" w:rsidRDefault="005316BC" w:rsidP="003A24C3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:left="356" w:right="0" w:hanging="249"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="250" w:hanging="250"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...142 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Xe du lịch chất lượng cao phục vụ theo chương trình.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C27EA06" w14:textId="3B83EE63" w:rsidR="005316BC" w:rsidRDefault="005316BC" w:rsidP="003A24C3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:tabs>
-[...25 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Giá vé tàu </w:t>
+            </w:r>
+            <w:r w:rsidR="00B6530A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>cao tốc Bắc Kinh – Hàng Châu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 01 chiều/ khách.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F5D2F79" w14:textId="626CE4DA" w:rsidR="00B6530A" w:rsidRPr="00952C11" w:rsidRDefault="00B6530A" w:rsidP="003A24C3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:tabs>
-[...149 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Chi phí Xe điện</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2AE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hoặc Du thuyền </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>tham quan Tây Hồ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5249CAB6" w14:textId="527182B7" w:rsidR="005316BC" w:rsidRDefault="005316BC" w:rsidP="003A24C3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:tabs>
-[...77 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Các bữa ăn </w:t>
+            </w:r>
+            <w:r w:rsidR="002454E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cơm đoàn tiêu chuẩn </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>theo chương trình</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2AE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (50 RMB/</w:t>
+            </w:r>
+            <w:r w:rsidR="00D94C4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>khách/</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2AE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>bữa)</w:t>
+            </w:r>
+            <w:r w:rsidR="002454E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BC7984F" w14:textId="5A3428B3" w:rsidR="002454E5" w:rsidRPr="00952C11" w:rsidRDefault="002454E5" w:rsidP="003A24C3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:tabs>
-[...123 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00D94C4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bữa ăn nâng cấp:</w:t>
+            </w:r>
+            <w:r w:rsidR="00D94C4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 90 RMB/khách/bữa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73F27C8F" w14:textId="77777777" w:rsidR="005316BC" w:rsidRPr="00952C11" w:rsidRDefault="005316BC" w:rsidP="003A24C3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:tabs>
-[...18 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Phí tham quan thắng cảnh (vào cửa một lần)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38A16EFD" w14:textId="77777777" w:rsidR="005316BC" w:rsidRPr="00952C11" w:rsidRDefault="005316BC" w:rsidP="003A24C3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:tabs>
-[...110 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Hướng dẫn viên tiếng Việt nhiệt tình, kinh nghiệm đồng hành suốt tuyến.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66424D79" w14:textId="44C75E7C" w:rsidR="00AC22E7" w:rsidRPr="00AC22E7" w:rsidRDefault="005316BC" w:rsidP="00AC22E7">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:tabs>
-[...148 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Visa </w:t>
+            </w:r>
+            <w:r w:rsidR="001F2AE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>đoàn Trung Quốc nhập cảnh 1 lần</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D7A62A6" w14:textId="11844E43" w:rsidR="00A97D01" w:rsidRPr="00745388" w:rsidRDefault="005316BC" w:rsidP="00114140">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bảo hiểm du lịch tại nước ngoài, mức bồi thường tối đa </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>10.000 USD</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>/trường hợp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="4109" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p>
-[...1 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+          <w:p w14:paraId="0AD0B3FB" w14:textId="77777777" w:rsidR="005316BC" w:rsidRPr="00952C11" w:rsidRDefault="005316BC" w:rsidP="003A24C3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="14"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:tabs>
-[...25 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="340" w:hanging="270"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Hộ chiếu còn hạn 6 tháng tính đến ngày khởi hành.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F8D2405" w14:textId="77777777" w:rsidR="00157DB5" w:rsidRDefault="005316BC" w:rsidP="008231EA">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="14"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:tabs>
-[...135 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="340" w:right="-100" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Phụ thu trường hợp quý khách yêu cầu ngủ phòng đơn</w:t>
+            </w:r>
+            <w:r w:rsidR="00157DB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03955F02" w14:textId="3546A4D7" w:rsidR="005316BC" w:rsidRDefault="005316BC" w:rsidP="00157DB5">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00157DB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ngày thường: </w:t>
+            </w:r>
+            <w:r w:rsidR="004D251C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00273C02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>500</w:t>
+            </w:r>
+            <w:r w:rsidR="004D251C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>/khách/</w:t>
+            </w:r>
+            <w:r w:rsidR="001645AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>our</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FA1891D" w14:textId="48893E39" w:rsidR="00157DB5" w:rsidRPr="00952C11" w:rsidRDefault="00157DB5" w:rsidP="00157DB5">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="70" w:right="-100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Lễ tết: 4.500.000/khách/tour</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="146A7365" w14:textId="77777777" w:rsidR="005316BC" w:rsidRPr="00952C11" w:rsidRDefault="005316BC" w:rsidP="003A24C3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="14"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:tabs>
-[...129 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="340" w:hanging="270"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Chi phí cá nhân không bao gồm trong chương trình.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52D9AED9" w14:textId="77777777" w:rsidR="005316BC" w:rsidRPr="00952C11" w:rsidRDefault="005316BC" w:rsidP="003A24C3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="14"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:tabs>
-[...58 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="340" w:hanging="270"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Hành lý quá cước.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39601DBF" w14:textId="308D1EC5" w:rsidR="0087080A" w:rsidRPr="00EC7785" w:rsidRDefault="005316BC" w:rsidP="00EC7785">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="14"/>
+                <w:numId w:val="9"/>
               </w:numPr>
-              <w:tabs>
-[...139 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="340" w:hanging="270"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Tip cho hướng dẫn viên và lái xe (</w:t>
+            </w:r>
+            <w:r w:rsidR="008F3149">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>5 USD/khách/ngày tour)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70CEB6A2" w14:textId="2D892BEC" w:rsidR="0087080A" w:rsidRDefault="00EC7785" w:rsidP="00EC7785">
+            <w:pPr>
+              <w:pBdr>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="340"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>===========</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...12 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="631C6A75" w14:textId="77777777" w:rsidR="002075A4" w:rsidRPr="00D365DF" w:rsidRDefault="002075A4" w:rsidP="002075A4">
+            <w:pPr>
+              <w:pBdr>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="340"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>LƯU</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D365DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t> </w:t>
-[...49 lines deleted...]
-              <w:ind w:left="103" w:right="106"/>
+              <w:t>LƯU Ý QUAN TRỌNG</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="542CF5CD" w14:textId="77777777" w:rsidR="002075A4" w:rsidRPr="00D30E82" w:rsidRDefault="002075A4" w:rsidP="002075A4">
+            <w:pPr>
+              <w:pBdr>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D30E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Khách sạn 5* tại Ô Trấn không có hạng phòng ở được 3 người/phòng</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Vì vậy, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D30E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">các nhóm khách đi lẻ phải đóng phụ thu để ngủ riêng 1 mình/phòng cho 01 đêm lưu trú ở Ô Trấn: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BDE9782" w14:textId="77777777" w:rsidR="002075A4" w:rsidRPr="00D30E82" w:rsidRDefault="002075A4" w:rsidP="002075A4">
+            <w:pPr>
+              <w:pBdr>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D30E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ngày thường: 950.000/người/tour; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05672E7F" w14:textId="77777777" w:rsidR="002075A4" w:rsidRPr="00D30E82" w:rsidRDefault="002075A4" w:rsidP="002075A4">
+            <w:pPr>
+              <w:pBdr>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D30E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Lễ tết:1.650.000/người/tour</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B276096" w14:textId="17B47016" w:rsidR="00433386" w:rsidRPr="00952C11" w:rsidRDefault="00433386" w:rsidP="002075A4">
+            <w:pPr>
+              <w:pBdr>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="5919EC6E" w14:textId="1BA4DF00" w:rsidR="006725F7" w:rsidRPr="006725F7" w:rsidRDefault="006725F7" w:rsidP="006725F7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1032"/>
+        </w:tabs>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:sectPr>
-[...3 lines deleted...]
-        </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...17 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10485" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="709"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6247"/>
+        <w:gridCol w:w="988"/>
+        <w:gridCol w:w="9497"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="006725F7" w:rsidRPr="00586A90" w14:paraId="7BC879FD" w14:textId="77777777" w:rsidTr="002B2544">
         <w:trPr>
-          <w:trHeight w:val="794" w:hRule="atLeast"/>
+          <w:trHeight w:val="367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9933" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="0A5293"/>
+            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p>
-[...386 lines deleted...]
-              <w:t>hành</w:t>
+          <w:p w14:paraId="52901027" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="00586A90" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586A90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>MỤC I: THỦ TỤC ĐẶT CỌC &amp; THANH TOÁN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="006725F7" w14:paraId="456CAFD0" w14:textId="77777777" w:rsidTr="00694C19">
         <w:trPr>
-          <w:trHeight w:val="1489" w:hRule="atLeast"/>
-[...3669 lines deleted...]
-          <w:trHeight w:val="401" w:hRule="atLeast"/>
+          <w:trHeight w:val="401"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...18 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="54FCC63C" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Lần 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9112" w:type="dxa"/>
+            <w:tcW w:w="9497" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...278 lines deleted...]
-              <w:t>visa”</w:t>
+          <w:p w14:paraId="004DD839" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Đặt cọc 50% giá tour ngay khi đăng ký tour kèm giấy tờ đã liệt kê ở mục “Hồ sơ xin visa”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="006725F7" w14:paraId="662FC873" w14:textId="77777777" w:rsidTr="00694C19">
         <w:trPr>
-          <w:trHeight w:val="366" w:hRule="atLeast"/>
+          <w:trHeight w:val="367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...18 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="75A1A5BD" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Lần 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9112" w:type="dxa"/>
+            <w:tcW w:w="9497" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...181 lines deleted...]
-              <w:t>tour.</w:t>
+          <w:p w14:paraId="55603074" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Thanh toán nốt tiền tour muộn nhất 10 ngày trước ngày khởi hành tour.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="5229DCB6" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="006725F7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...17 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10490" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
-        <w:gridCol w:w="9082"/>
+        <w:gridCol w:w="9497"/>
       </w:tblGrid>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="006725F7" w:rsidRPr="00274D75" w14:paraId="7C9FBC8D" w14:textId="77777777" w:rsidTr="00BA282C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10075" w:type="dxa"/>
+            <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="0A5293"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p>
-[...136 lines deleted...]
-              <w:t>TOUR</w:t>
+          <w:p w14:paraId="2B051267" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="00586A90" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586A90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>MỤC II: QUY ĐỊNH VỀ CHUYỂN NGÀY HOẶC HỦY TOUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="006725F7" w14:paraId="112FD0E7" w14:textId="77777777" w:rsidTr="00694C19">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10075" w:type="dxa"/>
+            <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p>
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="171163D6" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="00840FD6" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-                <w:b/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00840FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Thời gian hủy tour được tính theo ngày làm việc, không tính bao gồm các ngày thứ 7, chủ nhật và các ngày lễ tết được nghỉ theo quy định của Nhà nước.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="006725F7" w14:paraId="479620BB" w14:textId="77777777" w:rsidTr="00694C19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:left="10" w:right="1"/>
+          <w:p w14:paraId="726DDE52" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9082" w:type="dxa"/>
+            <w:tcW w:w="9497" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:right="100"/>
+          <w:p w14:paraId="7BF6D6AA" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...30 lines deleted...]
-              <w:t>Công ty Du lịch (CTDL) chỉ có thể tư vấn hồ sơ xin visa theo quy định của Đại Sứ Quán và không thể đảm bảo được việc đạt visa do việc cấp visa là quyết định từ Đại Sứ Quán</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Quý khách hủy tour trước ngày khởi hành 30 ngày: phạt 25% tiền tour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="006725F7" w14:paraId="2F73CE70" w14:textId="77777777" w:rsidTr="00694C19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:left="10" w:right="1"/>
+          <w:p w14:paraId="65729234" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9082" w:type="dxa"/>
+            <w:tcW w:w="9497" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...181 lines deleted...]
-              <w:t>tour</w:t>
+          <w:p w14:paraId="775FC0C9" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Quý khách hủy tour trước ngày khởi hành 14 – 29 ngày: phạt 50% tiền tour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="006725F7" w14:paraId="7D505C2E" w14:textId="77777777" w:rsidTr="00694C19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:left="10" w:right="1"/>
+          <w:p w14:paraId="08C37C6D" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9082" w:type="dxa"/>
+            <w:tcW w:w="9497" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...207 lines deleted...]
-              <w:t>tour</w:t>
+          <w:p w14:paraId="4E891DFD" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Quý khách hủy tour trước ngày khởi hành 10 – 13 ngày: phạt 80% tiền tour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="006725F7" w14:paraId="6E5D451E" w14:textId="77777777" w:rsidTr="00694C19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:left="10" w:right="1"/>
+          <w:p w14:paraId="0EED58C9" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9082" w:type="dxa"/>
+            <w:tcW w:w="9497" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...207 lines deleted...]
-              <w:t>tour</w:t>
+          <w:p w14:paraId="4273C51A" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Quý khách hủy tour trước ngày khởi hành 01 – 09 ngày: phạt 100% tiền tour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+    </w:tbl>
+    <w:p w14:paraId="0B318577" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="006725F7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10490" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="9923"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006725F7" w:rsidRPr="00586A90" w14:paraId="117C06B0" w14:textId="77777777" w:rsidTr="00BA282C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:left="10" w:right="1"/>
+          <w:p w14:paraId="05D9D98F" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="00586A90" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586A90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>MỤ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA282C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
+              </w:rPr>
+              <w:t>C III: NHỮNG LƯU Ý KHI ĐẶT TOUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006725F7" w14:paraId="09A52FBC" w14:textId="77777777" w:rsidTr="00694C19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E194934" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9082" w:type="dxa"/>
+            <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...207 lines deleted...]
-              <w:t>tour</w:t>
+          <w:p w14:paraId="0B1A43BC" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lưu ý về </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00031ED6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>phẫu thuật thẩm mỹ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (PTTM): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00041FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Khách hàng đã từng PTTM (cắt mi, nâng mũi,gọt hàm, săm mày, ….) có thể bị an ninh tại các nước từ chối xuất cảnh/nhập cảnh. CTDL không chiu các chi phí phát sinh cxung như hòan tiền các dịch vụ khi TH này xảy ra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006725F7" w14:paraId="505E8A68" w14:textId="77777777" w:rsidTr="00694C19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2124E7C3" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FDBDA9D" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Công ty DL k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hông nhận </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00031ED6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>khách hàng mang thai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> từ 05 tháng trở lên tham gia các tour nước ngoài vì lý do an toàn cho khách hàng (Khách khi đăng ký tour có trách nhiệm thông báo cho nhân viên Công ty khi có thành viên trong gia đình đang mang thai, Công ty sẽ không chịu trách nhiệm khi khách hàng không thông báo)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006725F7" w14:paraId="64B5B310" w14:textId="77777777" w:rsidTr="00694C19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F09BA9" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A90811C" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trường hợp Quý khách </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005144AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>không được xuất cảnh và nhập cảnh vì lý do cá nhân</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (như hình ảnh, thông tin giấy tờ trong bản gốc bị mờ, không rõ ràng, passport hết hạn, không đúng quy định,…) Công ty sẽ không chịu trách nhiệm và sẽ không hoàn trả tiền tour. HDV Công ty sẽ hỗ trợ và tìm biện pháp giải quyết tốt nhất cho Quý khách, mọi chi phí phát sinh do khách hàng chi trả.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006725F7" w14:paraId="1AD188E1" w14:textId="77777777" w:rsidTr="00694C19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29A346E1" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77E2E5F3" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Quý khách là chủ doanh nghiệp, đứng tên trên Đăng ký kinh doanh lưu ý:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="569C8EAA" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00162F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Tại Nghị định số 49/2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ban hành </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00162F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>ngày 28/2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>/2025</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00162F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>, Chính phủ quy định cụ thể về ngưỡng tiền thuế nợ và thời gian nợ trong các trường hợp bị tạm hoãn xuất cảnh. Nghị định có hiệu lực từ 28/2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>/2025</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00162F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D808FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Theo đó, cá nhân, chủ hộ kinh doanh nợ thuế quá hạn trên 120 ngày từ 50 triệu đồng trở lên sẽ bị tạm hoãn xuất cảnh</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F1A0578" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Quý khách có kế hoạch đi du lịch nước ngoài, vui lòng:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3450B425" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="006725F7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Quý khách vui lòng tải ứng dụng eTax Mobile trên ĐT di động, đăng nhập mã số thuế Doanh nghiệp để kiểm tra có nợ thuế hay không.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="171BCA55" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="006725F7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Trường hợp bị nợ thuế, Quý khách vui lòng hoàn tất nghĩa vụ thuế càng sớm càng tốt, vì sau khi đóng thuế, mất khoảng 1-2 tuần để Cục thuế cập nhật lại tình trạng nộp thuế. Trường hợp đóng thuế gần ngày xuất cảnh, Quý phải BẮT BUỘC cần xin GIẤY XÁC NHẬN HỦY BỎ LỆNH TẠM HOÃN XUẤT CẢNH do Chi cục Thuế địa bàn Quý khách đăng ký kinh doanh xác nhận, đóng dấu VÀ cầm theo bản gốc giấy xác nhận này ra sân bay làm thủ tục xuất cảnh (đề phòng trường hợp Cục thuế chưa cập nhận online sau khi Quý khách đã hoàn tất nghĩa vụ thuế)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="202DDF05" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="0009316B" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Mọi trường hợp không được xuất cảnh do nợ nghĩa vụ thuế đều không được hoàn lại chi phí tour.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006725F7" w14:paraId="366DD56D" w14:textId="77777777" w:rsidTr="00694C19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="737CCCD8" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15CB61A6" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ông ty </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>DL sẽ không hoàn lại chi phí cho bất cứ dịch vụ gì tại nước ngoài khách không sử dụng và không chịu trách nhiệm về lý do nhân thân của khách khi khách bị cục xuất nhập cảnh Việt Nam hoặc Nước Sở Tại từ chối cho xuất nhập cảnh.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006725F7" w14:paraId="72C1FC13" w14:textId="77777777" w:rsidTr="00694C19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA19250" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0776C721" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Nếu Quý khách mang 2 quốc tịch, hoặc không còn sở hữu hộ chiếu Việt Nam: vui lòng liên hệ lại nhân viên công ty DL để được tư vấn bổ sung thủ tục xin visa Trung Quốc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006725F7" w14:paraId="4228632D" w14:textId="77777777" w:rsidTr="00694C19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F062DC" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F0D5270" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Về vấn đề </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00252CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>bảo hiểm Du lịch</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cho người lớn tuổi:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D205539" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bảo hiểm Du lịch bao gồm trong giá tour chỉ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dành </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>cho khách hàng từ 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>5 ngày tuổi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> đến </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dưới 75 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tuổi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>. Độ tuổi nhỏ hơn hoặc lớn hơn khoảng độ tuổi trên, sẽ phải đóng thêm mức chênh lệch chi phí bảo hiểm cao cấp.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C7250F0" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>- Khách hàng từ 75 tuổi trở lên: không có bảo hiểm du lịch. Nếu có nhu cầu, khách hàng phải tự mua từ các công ty bảo hiểm.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0897C9E1" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="0009316B" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>- T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>ừ 75 tuổi trở lên yêu cầu phải có giấy chứng nhận đầy đủ sức khỏe để đi du lịch nước ngoài của cơ quan y tế có thẩm quyền cấp và phải có người thân khỏe mạnh dưới 60 tuổi đi cùng. Gia đình và quý khách phải cam kết đảm bảo tình trạng sức khỏe với Công ty chúng tôi trước khi tham gia. Nếu có bất cứ sự cố nào xảy ra trên, Công ty sẽ không chịu trách nhiệm dưới mọi tình huống.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006725F7" w14:paraId="51F7E686" w14:textId="77777777" w:rsidTr="00694C19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22719628" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9A4A14" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375BD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Về chương trình tour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C18E166" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Thứ tự các điểm thăm quan có thể bị thay đổi để phù hợp với tình hình thực tế nhưng vẫn đảm bảo đủ điểm thăm quan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="318BAA8C" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="0040466D" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00041FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Giờ bay và hãng hàng không có thay đổi cho phù hợp với chương trình và tình trạng vé máy bay</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00041FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Do các chuyến bay phụ thuộc vào các </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00041FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ãng Hàng Không nên trong một số trường hợp giờ bay có thể thay đổi mà không được báo trước</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="561A81F1" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="0009316B" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Đây là chương trình tour du lịch dành đi theo đoàn và theo chương trình cố định. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Nếu Quý khách tách đoàn ngày nào sẽ tính phí tách đoàn là 100</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> USD x </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>số ngày tách</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> x </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>số người tách.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006725F7" w14:paraId="706844F0" w14:textId="77777777" w:rsidTr="00694C19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E5372B4" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52643CEE" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Do </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00375BD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>tính chất đoàn là gom khách lẻ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nên CTDL có trách nhiệm gom khách đủ đoàn 16 người trở lên sẽ khởi hành theo đúng lịch trình, có trưởng đoàn đi cùng từ Việt Nam. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A82529F" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nếu đoàn từ 10 – 14 người, CTDL sẽ cử HDV ra làm thủ tục cho đoàn tại sân bay. HDV </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">địa phương (tại điểm đến) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sẽ đón đoàn tại sân bay địa phương và theo quý khách suốt hành trình. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24A887A3" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="0040466D" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nếu đoàn dưới 10 người, CTDL có trách nhiệm thông báo cho quý khách trước ngày khởi hành </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tối thiểu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>05 ngày và thỏa thuận với quý khách về ngày khởi hành mới hoặc hoàn lại cho quý khách số tiền đã đặt cọc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006725F7" w14:paraId="18B23828" w14:textId="77777777" w:rsidTr="00694C19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B29AB63" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A0ED13" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trong trường hợp vì </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00375BD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>những lý do</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00375BD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>bất khả kháng</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>: thời tiết, chiến tranh, dịch bệnh, chuyến bay bị trì hoãn do thời tiết/ kỹ thuậ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>t, v.v…:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10B3D257" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="0040466D" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>- Công ty Du lịch (CTDL) giữ quyền thay đổi lộ trình bất cứ lúc nào để đảm bảo sự thuận tiện, linh động, an toàn cho khách hàng &amp; không chịu trách nhiệm bồi thường những thiệt hại phát sinh.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D98FE50" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="0040466D" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Hoặc nếu không thể khởi hành: CTDL sẽ b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>ảo lưu tiền đặt cọc và ghép đoàn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mới cho quý khách</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> trong</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vòng</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 tháng</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kế tiếp. Khách hàng thanh toán tiền chênh lệch tour (nếu có), hoặc nếu giá tour giảm, CTDL sẽ hoàn trả lại phần chênh lệch Quý khách đã thanh toán.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5161316E" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Trường hợp Quý khách yêu cầu hoàn tiền tour, CTDL sẽ h</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0040466D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>oàn trả lại tiền tour cho quý khách sau khi đã trừ lại các chi phí dịch vụ đã thực hiện.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="251" w:lineRule="exact"/>
+    <w:p w14:paraId="08211F4A" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="006725F7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:sectPr>
-[...3 lines deleted...]
-        </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...17 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10774" w:type="dxa"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="993"/>
-        <w:gridCol w:w="9082"/>
+        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="6662"/>
       </w:tblGrid>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="006725F7" w:rsidRPr="005E7375" w14:paraId="4EF2F74D" w14:textId="77777777" w:rsidTr="00BA282C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10075" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="0A5293"/>
+            <w:tcW w:w="10774" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:left="8"/>
+          <w:p w14:paraId="79BA1BAB" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="005E7375" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7375">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>MỤC IV: HỒ SƠ XIN VISA DU LỊCH TRUNG QUỐC – VISA ĐOÀN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73C45B64" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="005E7375" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...95 lines deleted...]
-              <w:t>KHÁC</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7375">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Thời gian xin visa: 10 ngày làm việc trước ngày khởi hành</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="006725F7" w14:paraId="30FB767B" w14:textId="77777777" w:rsidTr="00694C19">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:left="10" w:right="1"/>
+          <w:p w14:paraId="5A061512" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9082" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...289 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="3663340C" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="0072093C" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072093C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Scan mặt hộ chiếu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> liền 1 ảnh hiển thị đủ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072093C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>trang 2-3 &amp; trang bị trú (nếu có)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9082" w:type="dxa"/>
+            <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:right="98"/>
+          <w:p w14:paraId="16D08867" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="0009316B" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...267 lines deleted...]
-              <w:t>cho nhân viên Công ty khi có thành viên trong gia đình đang mang thai, Công ty sẽ không chịu trách nhiệm khi khách hàng không thông báo)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0009316B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Hộ chiếu có giá trị sử dụng là hộ chiếu có hạn sử dụng còn tối thiểu 6 tháng tính từ ngày kết thúc tour.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="590D9B4D" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- Bản scan màu rõ nét, không được mất 1 góc nào của hộ chiếu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A0BC88A" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- Nếu khách đã từng đi du lịch nước ngoài: scan bổ sung các trang có dấu xuất nhập cảnh và visa các nước.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="311941BB" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- Hộ chiếu bắt buộc phải có nơi sinh mới xin được visa đoàn -&gt; những khách hàng có HC không có thông tin nơi sinh: vui lòng đến phòng XNC xin bổ sung thông tin này.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="006725F7" w14:paraId="2BD22B5A" w14:textId="77777777" w:rsidTr="00694C19">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:left="10" w:right="1"/>
+          <w:p w14:paraId="39FD1477" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9082" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:left="108" w:right="96" w:hanging="1"/>
+          <w:p w14:paraId="3D06F385" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="0072093C" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...516 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072093C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Gửi bản file  mềm ảnh thẻ cỡ 4x6cm, nền trắng</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9082" w:type="dxa"/>
+            <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...2 lines deleted...]
-              <w:spacing w:before="5"/>
+          <w:p w14:paraId="4EB90A6F" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1497 lines deleted...]
-              <w:t>tour.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Mặc á</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0054727B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>o tối màu, k</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>hông</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0054727B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> đeo kính, k</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>hông</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0054727B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> đeo trang sức, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">để </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0054727B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>lộ trán</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; 2 vành tai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="006725F7" w14:paraId="7162ADD3" w14:textId="77777777" w:rsidTr="00694C19">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...2 lines deleted...]
-              <w:ind w:left="10" w:right="1"/>
+          <w:p w14:paraId="38D5EC2B" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9082" w:type="dxa"/>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:ind w:right="100"/>
+          <w:p w14:paraId="01D20A9C" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-              <w:t>Công ty DL sẽ không hoàn lại chi phí cho bất cứ dịch vụ gì tại nước ngoài khách không sử dụng và không chịu trách nhiệm về lý do nhân thân của khách khi khách bị cục xuất nhập cảnh Việt Nam hoặc Nước Sở Tại từ chối cho xuất nhập cảnh.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trường hợp </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072093C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>trẻ em dưới 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072093C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tuổi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (chưa qua sinh nhật), ngoài 2 giấy tờ trên, cần bổ sung:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71EDC61B" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054727B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072093C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Scan giấy khai sinh</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D5E5EF" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Trường hợp chỉ đi du lịch cùng bố hoặc mẹ (không đi cùng cả 2 bố mẹ): Nộp thêm </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072093C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>giấy ủy quyền có xác nhận của phường/xã nơi cư trú</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, với nội dung là ủy quyền cho người còn lại đưa con đi du lịch (giấy ủy quyền ghi rõ đi du lịch ở đâu, từ ngày nào đến ngày nào, con đi cùng với ai thì ghi thông tin họ tên/ngày tháng năm sinh/số hộ chiếu của người đi cùng con).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DE2D06D" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="0072093C" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7375">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Ghi chú: Khi làm thủ tục xuất nhập cảnh cho trẻ em, người đi cùng phải mang theo 2 loại giấy tờ này (giấy khai sinh bản sao dấu đỏ, giấy ủy quyền gốc có xác nhận của phường/xã nơi con đang cư trú).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="006725F7" w14:paraId="497C57EC" w14:textId="77777777" w:rsidTr="00694C19">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="10774" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p>
-[...70 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+          <w:p w14:paraId="71B37BC0" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...158 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>NHỮNG ĐIỀU CẦN BIẾT KHI XIN VISA TRUNG QUỐC:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D9F5795" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="00BF39A6" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF39A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF39A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Công ty Du lịch (CTDL) chỉ có thể tư vấn hồ sơ xin visa theo quy định hiện hành của Đại Sứ Quán/ Cục Xuất Nhập Cảnh Trung Quốc và không thể đảm bảo được việc đạt visa hay không do việc duyệt cấp visa là quyết định từ Đại Sứ Quán, không thể tác động bên ngoài.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34EFB916" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072093C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rường hợp </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Q</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072093C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>uý khách bị từ chối Visa Đoàn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B9C3F2E" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="004A1285" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     + Trường hợp còn đủ thời gian xin visa lẻ: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C6F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Công ty DL sẽ chuyển sang làm Visa Lẻ tại ĐSQ TQ ở Hà Nội</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C6F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>và chi phí phát sinh là 2.500.000 VNĐ/khách. Phụ phí visa lẻ có thể thay đổi khi trung tâm visa thông báo thay đổi (nếu có).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6430BEC5" w14:textId="77777777" w:rsidR="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     + Trường hợp không còn đủ thời gian xin visa lẻ hoặc n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C6F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ếu quý khách hàng từ chối làm Visa Lẻ thì </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sẽ chịu các chi phí như sau: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D137D88" w14:textId="77777777" w:rsidR="006725F7" w:rsidRPr="004A1285" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="3"/>
               </w:numPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:left="240" w:right="0" w:hanging="133"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...288 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nếu chưa xuất VMB: lệ phí không hoàn lại là 2.000.000 VNĐ/khách. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01162454" w14:textId="44877C5D" w:rsidR="006725F7" w:rsidRPr="006725F7" w:rsidRDefault="006725F7" w:rsidP="00694C19">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="3"/>
               </w:numPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:left="107" w:right="100" w:firstLine="0"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...797 lines deleted...]
-              <w:t>trước khi tham gia. Nếu có bất cứ sự cố nào xảy ra trên, Công ty sẽ không chịu trách nhiệm dưới mọi tình huống.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Palatino Linotype" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Nếu đã xuất VMB: lệ phí visa: 2.000.000 VNĐ/khách + lệ phí hoàn VMB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1285">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>theo quy định hiện hành của từng hãng Hàng không tại thời điểm xảy ra sự cố</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...2569 lines deleted...]
-        <w:ind w:left="358" w:right="718" w:firstLine="0"/>
+    <w:p w14:paraId="2B6A44C2" w14:textId="2E9BA870" w:rsidR="006725F7" w:rsidRPr="006725F7" w:rsidRDefault="006725F7" w:rsidP="006725F7">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-          <w:sz w:val="36"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005E7375">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
-          <w:sz w:val="36"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>RẤT</w:t>
+        <w:t>RẤT HÂN HẠNH ĐƯỢC PHỤC VỤ QUÝ KHÁCH</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:sz w:val="36"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t> </w:t>
-[...110 lines deleted...]
-        <w:t>KHÁCH!</w:t>
+        <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:sectPr>
-      <w:type w:val="continuous"/>
+    <w:p w14:paraId="4D293C92" w14:textId="6A8706BA" w:rsidR="006725F7" w:rsidRPr="006725F7" w:rsidRDefault="006725F7" w:rsidP="006725F7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1032"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006725F7" w:rsidRPr="006725F7" w:rsidSect="00A477A5">
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1420" w:bottom="280" w:left="720" w:right="360"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1350" w:left="1080" w:header="340" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4E777698" w14:textId="77777777" w:rsidR="00E20F47" w:rsidRDefault="00E20F47" w:rsidP="00CE70ED">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="192C2FFC" w14:textId="77777777" w:rsidR="00E20F47" w:rsidRDefault="00E20F47" w:rsidP="00CE70ED">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...2 lines deleted...]
-    <w:charset w:val="1"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Noto Sans Symbols">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Palatino Linotype">
+    <w:panose1 w:val="02040502050505030304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Bahnschrift SemiBold">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002C7" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Malgun Gothic">
+    <w:altName w:val="맑은 고딕"/>
+    <w:panose1 w:val="020B0503020000020004"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tw Cen MT">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
-    <w:charset w:val="1"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="VNI-Book">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2B5D35D7" w14:textId="77777777" w:rsidR="00154D06" w:rsidRDefault="00154D06">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="10CAD215" w14:textId="77777777" w:rsidR="00154D06" w:rsidRDefault="00154D06">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="52CA176C" w14:textId="77777777" w:rsidR="00154D06" w:rsidRDefault="00154D06">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="49F6FFBE" w14:textId="77777777" w:rsidR="00E20F47" w:rsidRDefault="00E20F47" w:rsidP="00CE70ED">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="49DE6D56" w14:textId="77777777" w:rsidR="00E20F47" w:rsidRDefault="00E20F47" w:rsidP="00CE70ED">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="381C324A" w14:textId="77777777" w:rsidR="00154D06" w:rsidRDefault="00154D06">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5342CF34" w14:textId="0ED3B9AF" w:rsidR="00C606F1" w:rsidRDefault="00C606F1" w:rsidP="00A477A5">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="1960"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="66541D54" w14:textId="77777777" w:rsidR="00154D06" w:rsidRDefault="00154D06">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1052" type="#_x0000_t75" style="width:12.3pt;height:12.3pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title=""/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
+  <w:numPicBullet w:numPicBulletId="1">
+    <w:pict>
+      <v:shape id="_x0000_i1053" type="#_x0000_t75" style="width:12.3pt;height:12.3pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId2" o:title=""/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0228587A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="16FAC9AC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="058A1C76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="67300C12"/>
+    <w:lvl w:ilvl="0" w:tplc="48090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="48090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="48090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="48090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="48090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="48090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="48090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="48090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="48090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07395628"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="23B07DFC"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="084028FD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="130622C8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08EF66E8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3F424DAE"/>
+    <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="108" w:hanging="152"/>
-[...11 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0D3319F3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="537AC624"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="168F19CC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="38C2CCC4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CFA587A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36328B28"/>
+    <w:lvl w:ilvl="0" w:tplc="48090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="48090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="48090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="48090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="48090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="48090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="48090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="48090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="48090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2511453A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E50CB4A2"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="0"/>
+      <w:start w:val="21"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="108" w:hanging="133"/>
-[...11 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26B106E9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9F6A1522"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EB04E76"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7980976E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31A5495E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9A902916"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="980" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1700" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3140" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3860" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4580" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5300" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6020" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6740" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38765700"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D55CC5C0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="✔"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39CE4C88"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9CB0B3F4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DD9008F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2A28CBD0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E7E35D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="54EC6002"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41395846"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="735E715E"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44AD5FC4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="483C7A9C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="499F1185"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="136689E2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49D64C3E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="65AAB2A8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C884475"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7F0C5206"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5055135B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A9C3A2A"/>
+    <w:lvl w:ilvl="0" w:tplc="AC6C2248">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="108" w:hanging="147"/>
-[...115 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="700" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bahnschrift SemiBold" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="48090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="48090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2140" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="48090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2860" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="48090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3580" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="48090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4300" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="48090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5020" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="48090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5740" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="48090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6460" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56C46CC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0">
-[...127 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:tmpl w:val="E68E9702"/>
+    <w:lvl w:ilvl="0" w:tplc="4809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="828" w:hanging="360"/>
-[...12 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="48090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="48090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="48090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56DF7FBB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0FF6C760"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A7C01BE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4E80EEAE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6548" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DE0308E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C89EDC2C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="607E7EEA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6C5C86E2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FD9231C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2716FC8A"/>
+    <w:lvl w:ilvl="0" w:tplc="48090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="48090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="48090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="48090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="48090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="48090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="48090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="48090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="48090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72811DDE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1F52E082"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="0"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A5F53D9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D108D878"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="39"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="108" w:hanging="140"/>
-[...11 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
-    <w:multiLevelType w:val="hybridMultilevel"/>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7BEB2C7B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="29169152"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="0"/>
-[...16 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
-[...8 lines deleted...]
-        <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
-[...1777 lines deleted...]
-  <w:num w:numId="21">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="15">
     <w:abstractNumId w:val="20"/>
   </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
   <w:num w:numId="20">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="24">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="19">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="17">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="16">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="30">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="14">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="13">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="12">
-[...34 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="93"/>
+  <w:hideSpellingErrors/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
     <w:useFELayout/>
-    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00CE70ED"/>
+    <w:rsid w:val="00004212"/>
+    <w:rsid w:val="000062C5"/>
+    <w:rsid w:val="00007025"/>
+    <w:rsid w:val="00007D5A"/>
+    <w:rsid w:val="0001230F"/>
+    <w:rsid w:val="00012754"/>
+    <w:rsid w:val="00012D3E"/>
+    <w:rsid w:val="000137AB"/>
+    <w:rsid w:val="00014755"/>
+    <w:rsid w:val="00014ABF"/>
+    <w:rsid w:val="0002071F"/>
+    <w:rsid w:val="0002085A"/>
+    <w:rsid w:val="00024713"/>
+    <w:rsid w:val="00026720"/>
+    <w:rsid w:val="00027AB9"/>
+    <w:rsid w:val="0003089E"/>
+    <w:rsid w:val="00031ED6"/>
+    <w:rsid w:val="00032156"/>
+    <w:rsid w:val="00032C7C"/>
+    <w:rsid w:val="000371D7"/>
+    <w:rsid w:val="00041313"/>
+    <w:rsid w:val="00041FFD"/>
+    <w:rsid w:val="00042435"/>
+    <w:rsid w:val="0004280C"/>
+    <w:rsid w:val="00044637"/>
+    <w:rsid w:val="00047E0C"/>
+    <w:rsid w:val="00052167"/>
+    <w:rsid w:val="00052CDA"/>
+    <w:rsid w:val="00052FC7"/>
+    <w:rsid w:val="0006398B"/>
+    <w:rsid w:val="00067C17"/>
+    <w:rsid w:val="00067FA3"/>
+    <w:rsid w:val="0007357A"/>
+    <w:rsid w:val="00073A84"/>
+    <w:rsid w:val="00074846"/>
+    <w:rsid w:val="00074A49"/>
+    <w:rsid w:val="00084A27"/>
+    <w:rsid w:val="00087698"/>
+    <w:rsid w:val="00090FFA"/>
+    <w:rsid w:val="00093B23"/>
+    <w:rsid w:val="0009442B"/>
+    <w:rsid w:val="00097F5D"/>
+    <w:rsid w:val="000A13DD"/>
+    <w:rsid w:val="000A6C21"/>
+    <w:rsid w:val="000B244E"/>
+    <w:rsid w:val="000B2CE4"/>
+    <w:rsid w:val="000B4025"/>
+    <w:rsid w:val="000B5FD2"/>
+    <w:rsid w:val="000C00E8"/>
+    <w:rsid w:val="000C0706"/>
+    <w:rsid w:val="000C0B6E"/>
+    <w:rsid w:val="000C1EA9"/>
+    <w:rsid w:val="000C5285"/>
+    <w:rsid w:val="000D066F"/>
+    <w:rsid w:val="000D1B7F"/>
+    <w:rsid w:val="000D1FA2"/>
+    <w:rsid w:val="000D2FEA"/>
+    <w:rsid w:val="000D3FA5"/>
+    <w:rsid w:val="000E0123"/>
+    <w:rsid w:val="000E1057"/>
+    <w:rsid w:val="000E13B7"/>
+    <w:rsid w:val="000E28F0"/>
+    <w:rsid w:val="000E5AC4"/>
+    <w:rsid w:val="000E781C"/>
+    <w:rsid w:val="000F1451"/>
+    <w:rsid w:val="001066D4"/>
+    <w:rsid w:val="001074AE"/>
+    <w:rsid w:val="00107B9C"/>
+    <w:rsid w:val="00114140"/>
+    <w:rsid w:val="00125EDA"/>
+    <w:rsid w:val="001277CE"/>
+    <w:rsid w:val="001339D3"/>
+    <w:rsid w:val="00137006"/>
+    <w:rsid w:val="00137D70"/>
+    <w:rsid w:val="00141C71"/>
+    <w:rsid w:val="00141D0B"/>
+    <w:rsid w:val="00152370"/>
+    <w:rsid w:val="0015290A"/>
+    <w:rsid w:val="00152AF4"/>
+    <w:rsid w:val="00153116"/>
+    <w:rsid w:val="00154D06"/>
+    <w:rsid w:val="0015582C"/>
+    <w:rsid w:val="00157DB5"/>
+    <w:rsid w:val="00160E29"/>
+    <w:rsid w:val="001619EE"/>
+    <w:rsid w:val="00161EFC"/>
+    <w:rsid w:val="00162F14"/>
+    <w:rsid w:val="0016417C"/>
+    <w:rsid w:val="001645AE"/>
+    <w:rsid w:val="00164829"/>
+    <w:rsid w:val="00164964"/>
+    <w:rsid w:val="00165B39"/>
+    <w:rsid w:val="001673BF"/>
+    <w:rsid w:val="00167F5E"/>
+    <w:rsid w:val="001720BD"/>
+    <w:rsid w:val="00173F67"/>
+    <w:rsid w:val="00177854"/>
+    <w:rsid w:val="001806F5"/>
+    <w:rsid w:val="001837F5"/>
+    <w:rsid w:val="00183F1E"/>
+    <w:rsid w:val="001847AD"/>
+    <w:rsid w:val="001858C9"/>
+    <w:rsid w:val="0019327C"/>
+    <w:rsid w:val="001A1739"/>
+    <w:rsid w:val="001A47F3"/>
+    <w:rsid w:val="001A60DB"/>
+    <w:rsid w:val="001B4CC8"/>
+    <w:rsid w:val="001B6DCB"/>
+    <w:rsid w:val="001B74C6"/>
+    <w:rsid w:val="001C5288"/>
+    <w:rsid w:val="001C693D"/>
+    <w:rsid w:val="001C7502"/>
+    <w:rsid w:val="001D648C"/>
+    <w:rsid w:val="001E3973"/>
+    <w:rsid w:val="001E451B"/>
+    <w:rsid w:val="001E5F49"/>
+    <w:rsid w:val="001E6DC1"/>
+    <w:rsid w:val="001E6F2D"/>
+    <w:rsid w:val="001F0672"/>
+    <w:rsid w:val="001F2AE0"/>
+    <w:rsid w:val="001F41A6"/>
+    <w:rsid w:val="001F4755"/>
+    <w:rsid w:val="001F4A25"/>
+    <w:rsid w:val="001F7154"/>
+    <w:rsid w:val="001F71BC"/>
+    <w:rsid w:val="0020003D"/>
+    <w:rsid w:val="002013C1"/>
+    <w:rsid w:val="0020510E"/>
+    <w:rsid w:val="002075A4"/>
+    <w:rsid w:val="00210D94"/>
+    <w:rsid w:val="00211590"/>
+    <w:rsid w:val="002125DC"/>
+    <w:rsid w:val="0021332B"/>
+    <w:rsid w:val="00214F56"/>
+    <w:rsid w:val="00216CFB"/>
+    <w:rsid w:val="00217312"/>
+    <w:rsid w:val="0022242D"/>
+    <w:rsid w:val="00224978"/>
+    <w:rsid w:val="0022562C"/>
+    <w:rsid w:val="00227A28"/>
+    <w:rsid w:val="00231803"/>
+    <w:rsid w:val="00231B82"/>
+    <w:rsid w:val="00232590"/>
+    <w:rsid w:val="00233545"/>
+    <w:rsid w:val="0024210D"/>
+    <w:rsid w:val="00242FDD"/>
+    <w:rsid w:val="00244C11"/>
+    <w:rsid w:val="002450D1"/>
+    <w:rsid w:val="002454E5"/>
+    <w:rsid w:val="00245D18"/>
+    <w:rsid w:val="00246F02"/>
+    <w:rsid w:val="002506EC"/>
+    <w:rsid w:val="00251D57"/>
+    <w:rsid w:val="00252102"/>
+    <w:rsid w:val="00252CA6"/>
+    <w:rsid w:val="00253757"/>
+    <w:rsid w:val="00263177"/>
+    <w:rsid w:val="002642E4"/>
+    <w:rsid w:val="0026521C"/>
+    <w:rsid w:val="00266359"/>
+    <w:rsid w:val="00273C02"/>
+    <w:rsid w:val="00274638"/>
+    <w:rsid w:val="00277C1D"/>
+    <w:rsid w:val="00277DA4"/>
+    <w:rsid w:val="002800A8"/>
+    <w:rsid w:val="0028496D"/>
+    <w:rsid w:val="00287DCC"/>
+    <w:rsid w:val="0029297F"/>
+    <w:rsid w:val="00292FBF"/>
+    <w:rsid w:val="002A1F38"/>
+    <w:rsid w:val="002A7AFD"/>
+    <w:rsid w:val="002B2544"/>
+    <w:rsid w:val="002B2553"/>
+    <w:rsid w:val="002B2E4D"/>
+    <w:rsid w:val="002B355D"/>
+    <w:rsid w:val="002B594E"/>
+    <w:rsid w:val="002B666B"/>
+    <w:rsid w:val="002C1429"/>
+    <w:rsid w:val="002C39E6"/>
+    <w:rsid w:val="002C69F0"/>
+    <w:rsid w:val="002D2704"/>
+    <w:rsid w:val="002D680A"/>
+    <w:rsid w:val="002E0395"/>
+    <w:rsid w:val="002E0844"/>
+    <w:rsid w:val="002E64B2"/>
+    <w:rsid w:val="002F5478"/>
+    <w:rsid w:val="002F7E22"/>
+    <w:rsid w:val="00304F4C"/>
+    <w:rsid w:val="003056BA"/>
+    <w:rsid w:val="00313ACD"/>
+    <w:rsid w:val="003160EF"/>
+    <w:rsid w:val="003179A7"/>
+    <w:rsid w:val="0032489D"/>
+    <w:rsid w:val="00333A81"/>
+    <w:rsid w:val="003358E3"/>
+    <w:rsid w:val="0034201D"/>
+    <w:rsid w:val="003430D9"/>
+    <w:rsid w:val="0034438C"/>
+    <w:rsid w:val="00350015"/>
+    <w:rsid w:val="00355336"/>
+    <w:rsid w:val="00361013"/>
+    <w:rsid w:val="00361508"/>
+    <w:rsid w:val="003631B2"/>
+    <w:rsid w:val="00367133"/>
+    <w:rsid w:val="003709CD"/>
+    <w:rsid w:val="00370DBA"/>
+    <w:rsid w:val="00370DC7"/>
+    <w:rsid w:val="0037257A"/>
+    <w:rsid w:val="003750AA"/>
+    <w:rsid w:val="00382791"/>
+    <w:rsid w:val="003828D2"/>
+    <w:rsid w:val="003830CA"/>
+    <w:rsid w:val="00385F67"/>
+    <w:rsid w:val="0038768B"/>
+    <w:rsid w:val="0039369B"/>
+    <w:rsid w:val="00393F90"/>
+    <w:rsid w:val="003967C8"/>
+    <w:rsid w:val="00397615"/>
+    <w:rsid w:val="0039778A"/>
+    <w:rsid w:val="003A24C3"/>
+    <w:rsid w:val="003A2902"/>
+    <w:rsid w:val="003A6CE0"/>
+    <w:rsid w:val="003A7B33"/>
+    <w:rsid w:val="003A7E09"/>
+    <w:rsid w:val="003B118E"/>
+    <w:rsid w:val="003B3358"/>
+    <w:rsid w:val="003B594C"/>
+    <w:rsid w:val="003B5F6F"/>
+    <w:rsid w:val="003B5FE6"/>
+    <w:rsid w:val="003B65ED"/>
+    <w:rsid w:val="003B68F8"/>
+    <w:rsid w:val="003C37A4"/>
+    <w:rsid w:val="003C49E2"/>
+    <w:rsid w:val="003C70C7"/>
+    <w:rsid w:val="003C7602"/>
+    <w:rsid w:val="003C7EFB"/>
+    <w:rsid w:val="003D09AE"/>
+    <w:rsid w:val="003D2CED"/>
+    <w:rsid w:val="003D3FB7"/>
+    <w:rsid w:val="003D5F4F"/>
+    <w:rsid w:val="003D69DB"/>
+    <w:rsid w:val="003D6EF6"/>
+    <w:rsid w:val="003E1426"/>
+    <w:rsid w:val="003F0583"/>
+    <w:rsid w:val="003F2B86"/>
+    <w:rsid w:val="003F2D5D"/>
+    <w:rsid w:val="003F3A03"/>
+    <w:rsid w:val="0040503E"/>
+    <w:rsid w:val="00407C9E"/>
+    <w:rsid w:val="0041078C"/>
+    <w:rsid w:val="00411036"/>
+    <w:rsid w:val="00411867"/>
+    <w:rsid w:val="004125A5"/>
+    <w:rsid w:val="0041279D"/>
+    <w:rsid w:val="00417413"/>
+    <w:rsid w:val="00420EE4"/>
+    <w:rsid w:val="00422730"/>
+    <w:rsid w:val="00430383"/>
+    <w:rsid w:val="004307CA"/>
+    <w:rsid w:val="00433386"/>
+    <w:rsid w:val="00437503"/>
+    <w:rsid w:val="00442AA1"/>
+    <w:rsid w:val="00447328"/>
+    <w:rsid w:val="004476B1"/>
+    <w:rsid w:val="00451390"/>
+    <w:rsid w:val="004558C1"/>
+    <w:rsid w:val="0046197C"/>
+    <w:rsid w:val="00461AB4"/>
+    <w:rsid w:val="00462F85"/>
+    <w:rsid w:val="0046678F"/>
+    <w:rsid w:val="0046733F"/>
+    <w:rsid w:val="00470432"/>
+    <w:rsid w:val="0047043B"/>
+    <w:rsid w:val="00470EDC"/>
+    <w:rsid w:val="004800C2"/>
+    <w:rsid w:val="0048029F"/>
+    <w:rsid w:val="004806FA"/>
+    <w:rsid w:val="00480983"/>
+    <w:rsid w:val="00491E0F"/>
+    <w:rsid w:val="00494BDB"/>
+    <w:rsid w:val="004A0FF8"/>
+    <w:rsid w:val="004A2665"/>
+    <w:rsid w:val="004A2E7F"/>
+    <w:rsid w:val="004A40B9"/>
+    <w:rsid w:val="004B7BC2"/>
+    <w:rsid w:val="004C1EE0"/>
+    <w:rsid w:val="004C5EAC"/>
+    <w:rsid w:val="004D251C"/>
+    <w:rsid w:val="004D2EED"/>
+    <w:rsid w:val="004D4254"/>
+    <w:rsid w:val="004E0B91"/>
+    <w:rsid w:val="004E4CB5"/>
+    <w:rsid w:val="004F14E5"/>
+    <w:rsid w:val="004F16BD"/>
+    <w:rsid w:val="004F187C"/>
+    <w:rsid w:val="004F1FF6"/>
+    <w:rsid w:val="004F2EE0"/>
+    <w:rsid w:val="004F31E3"/>
+    <w:rsid w:val="004F3247"/>
+    <w:rsid w:val="004F60A9"/>
+    <w:rsid w:val="00502862"/>
+    <w:rsid w:val="00504502"/>
+    <w:rsid w:val="005067DD"/>
+    <w:rsid w:val="00507A7A"/>
+    <w:rsid w:val="005114A3"/>
+    <w:rsid w:val="005117F1"/>
+    <w:rsid w:val="00512FA3"/>
+    <w:rsid w:val="005144AC"/>
+    <w:rsid w:val="00522C6C"/>
+    <w:rsid w:val="00523B08"/>
+    <w:rsid w:val="00526550"/>
+    <w:rsid w:val="005316BC"/>
+    <w:rsid w:val="00532462"/>
+    <w:rsid w:val="00540809"/>
+    <w:rsid w:val="00541C86"/>
+    <w:rsid w:val="005433BF"/>
+    <w:rsid w:val="00545F2C"/>
+    <w:rsid w:val="005536A3"/>
+    <w:rsid w:val="00554B4D"/>
+    <w:rsid w:val="005559CD"/>
+    <w:rsid w:val="005579E3"/>
+    <w:rsid w:val="00560FCB"/>
+    <w:rsid w:val="0056469D"/>
+    <w:rsid w:val="00566D7D"/>
+    <w:rsid w:val="00566E14"/>
+    <w:rsid w:val="00567D6A"/>
+    <w:rsid w:val="0057627F"/>
+    <w:rsid w:val="00576874"/>
+    <w:rsid w:val="005802DA"/>
+    <w:rsid w:val="005830FD"/>
+    <w:rsid w:val="00583F52"/>
+    <w:rsid w:val="00585AFE"/>
+    <w:rsid w:val="00591306"/>
+    <w:rsid w:val="00593472"/>
+    <w:rsid w:val="005A0D30"/>
+    <w:rsid w:val="005A3759"/>
+    <w:rsid w:val="005B19E3"/>
+    <w:rsid w:val="005B25B1"/>
+    <w:rsid w:val="005B661B"/>
+    <w:rsid w:val="005C038E"/>
+    <w:rsid w:val="005C254C"/>
+    <w:rsid w:val="005C3390"/>
+    <w:rsid w:val="005E1CA8"/>
+    <w:rsid w:val="005E3DB0"/>
+    <w:rsid w:val="005E56F8"/>
+    <w:rsid w:val="005E5C29"/>
+    <w:rsid w:val="005E6292"/>
+    <w:rsid w:val="005E7639"/>
+    <w:rsid w:val="005E7884"/>
+    <w:rsid w:val="005F31B3"/>
+    <w:rsid w:val="005F427F"/>
+    <w:rsid w:val="005F47A1"/>
+    <w:rsid w:val="005F5D78"/>
+    <w:rsid w:val="005F6A81"/>
+    <w:rsid w:val="00600AC1"/>
+    <w:rsid w:val="0060716B"/>
+    <w:rsid w:val="00611D60"/>
+    <w:rsid w:val="00621E34"/>
+    <w:rsid w:val="0062337C"/>
+    <w:rsid w:val="006242B2"/>
+    <w:rsid w:val="00627EAC"/>
+    <w:rsid w:val="0063152D"/>
+    <w:rsid w:val="00632833"/>
+    <w:rsid w:val="00633CFC"/>
+    <w:rsid w:val="0064247D"/>
+    <w:rsid w:val="006438E3"/>
+    <w:rsid w:val="00644648"/>
+    <w:rsid w:val="006449BE"/>
+    <w:rsid w:val="00645B51"/>
+    <w:rsid w:val="0064688C"/>
+    <w:rsid w:val="00650605"/>
+    <w:rsid w:val="00652D33"/>
+    <w:rsid w:val="00654428"/>
+    <w:rsid w:val="006560D9"/>
+    <w:rsid w:val="006566CB"/>
+    <w:rsid w:val="00657ACC"/>
+    <w:rsid w:val="00661F2F"/>
+    <w:rsid w:val="0066798F"/>
+    <w:rsid w:val="00667CD9"/>
+    <w:rsid w:val="006725F7"/>
+    <w:rsid w:val="00680EAF"/>
+    <w:rsid w:val="006824D2"/>
+    <w:rsid w:val="00683851"/>
+    <w:rsid w:val="00683D19"/>
+    <w:rsid w:val="00684DE2"/>
+    <w:rsid w:val="00685A00"/>
+    <w:rsid w:val="006915F3"/>
+    <w:rsid w:val="00694406"/>
+    <w:rsid w:val="0069444C"/>
+    <w:rsid w:val="006A1096"/>
+    <w:rsid w:val="006A639E"/>
+    <w:rsid w:val="006A7F2E"/>
+    <w:rsid w:val="006B2AE0"/>
+    <w:rsid w:val="006B6B0F"/>
+    <w:rsid w:val="006B6EFE"/>
+    <w:rsid w:val="006C126B"/>
+    <w:rsid w:val="006C19C8"/>
+    <w:rsid w:val="006C2C52"/>
+    <w:rsid w:val="006C7218"/>
+    <w:rsid w:val="006C78FA"/>
+    <w:rsid w:val="006D22F6"/>
+    <w:rsid w:val="006D2E9E"/>
+    <w:rsid w:val="006D34A1"/>
+    <w:rsid w:val="006D491E"/>
+    <w:rsid w:val="006D5EA9"/>
+    <w:rsid w:val="006D64AA"/>
+    <w:rsid w:val="006F0BF0"/>
+    <w:rsid w:val="006F5341"/>
+    <w:rsid w:val="006F71DF"/>
+    <w:rsid w:val="00701F2C"/>
+    <w:rsid w:val="007049BD"/>
+    <w:rsid w:val="007049F7"/>
+    <w:rsid w:val="0070535A"/>
+    <w:rsid w:val="0070549D"/>
+    <w:rsid w:val="00710401"/>
+    <w:rsid w:val="00710E41"/>
+    <w:rsid w:val="007203A4"/>
+    <w:rsid w:val="007204BD"/>
+    <w:rsid w:val="00720527"/>
+    <w:rsid w:val="007259CA"/>
+    <w:rsid w:val="007331D4"/>
+    <w:rsid w:val="00734E2E"/>
+    <w:rsid w:val="00734F82"/>
+    <w:rsid w:val="007368D8"/>
+    <w:rsid w:val="00740EEA"/>
+    <w:rsid w:val="0074158A"/>
+    <w:rsid w:val="00743318"/>
+    <w:rsid w:val="00745388"/>
+    <w:rsid w:val="00745729"/>
+    <w:rsid w:val="00745A89"/>
+    <w:rsid w:val="00750328"/>
+    <w:rsid w:val="00750371"/>
+    <w:rsid w:val="007504C7"/>
+    <w:rsid w:val="00755F76"/>
+    <w:rsid w:val="007624DD"/>
+    <w:rsid w:val="00763385"/>
+    <w:rsid w:val="00763878"/>
+    <w:rsid w:val="00772828"/>
+    <w:rsid w:val="00776A6C"/>
+    <w:rsid w:val="00782089"/>
+    <w:rsid w:val="00782383"/>
+    <w:rsid w:val="0078285D"/>
+    <w:rsid w:val="007835F4"/>
+    <w:rsid w:val="00784CB1"/>
+    <w:rsid w:val="00785D4D"/>
+    <w:rsid w:val="00785F06"/>
+    <w:rsid w:val="0079157F"/>
+    <w:rsid w:val="00792823"/>
+    <w:rsid w:val="0079581F"/>
+    <w:rsid w:val="00795E1C"/>
+    <w:rsid w:val="007A16CB"/>
+    <w:rsid w:val="007A20E6"/>
+    <w:rsid w:val="007A3A14"/>
+    <w:rsid w:val="007A4E20"/>
+    <w:rsid w:val="007B602D"/>
+    <w:rsid w:val="007C1417"/>
+    <w:rsid w:val="007C558A"/>
+    <w:rsid w:val="007C5685"/>
+    <w:rsid w:val="007D0E9B"/>
+    <w:rsid w:val="007D1127"/>
+    <w:rsid w:val="007D2184"/>
+    <w:rsid w:val="007D223C"/>
+    <w:rsid w:val="007D27FB"/>
+    <w:rsid w:val="007E0C71"/>
+    <w:rsid w:val="007E2688"/>
+    <w:rsid w:val="007F20D5"/>
+    <w:rsid w:val="007F7117"/>
+    <w:rsid w:val="007F751E"/>
+    <w:rsid w:val="007F766B"/>
+    <w:rsid w:val="007F76CC"/>
+    <w:rsid w:val="008001AB"/>
+    <w:rsid w:val="00801634"/>
+    <w:rsid w:val="008018ED"/>
+    <w:rsid w:val="00803C3C"/>
+    <w:rsid w:val="00806080"/>
+    <w:rsid w:val="00806435"/>
+    <w:rsid w:val="008117FE"/>
+    <w:rsid w:val="00811B74"/>
+    <w:rsid w:val="00814EA3"/>
+    <w:rsid w:val="00815807"/>
+    <w:rsid w:val="008166AF"/>
+    <w:rsid w:val="00817334"/>
+    <w:rsid w:val="00821DDA"/>
+    <w:rsid w:val="008231EA"/>
+    <w:rsid w:val="008261D3"/>
+    <w:rsid w:val="008328F8"/>
+    <w:rsid w:val="00841223"/>
+    <w:rsid w:val="0084173E"/>
+    <w:rsid w:val="0084325D"/>
+    <w:rsid w:val="008433A7"/>
+    <w:rsid w:val="00847B78"/>
+    <w:rsid w:val="00847D1D"/>
+    <w:rsid w:val="0085008D"/>
+    <w:rsid w:val="00854046"/>
+    <w:rsid w:val="0085452B"/>
+    <w:rsid w:val="00855646"/>
+    <w:rsid w:val="00856BE9"/>
+    <w:rsid w:val="00862F29"/>
+    <w:rsid w:val="008640D3"/>
+    <w:rsid w:val="00867E14"/>
+    <w:rsid w:val="0087080A"/>
+    <w:rsid w:val="008729CC"/>
+    <w:rsid w:val="00872C53"/>
+    <w:rsid w:val="00873410"/>
+    <w:rsid w:val="00873FD5"/>
+    <w:rsid w:val="00875C08"/>
+    <w:rsid w:val="00876843"/>
+    <w:rsid w:val="008806D0"/>
+    <w:rsid w:val="00881D48"/>
+    <w:rsid w:val="00882D8D"/>
+    <w:rsid w:val="0088699A"/>
+    <w:rsid w:val="00891265"/>
+    <w:rsid w:val="00891D27"/>
+    <w:rsid w:val="00891D65"/>
+    <w:rsid w:val="008939C5"/>
+    <w:rsid w:val="00893AA5"/>
+    <w:rsid w:val="008975FE"/>
+    <w:rsid w:val="008A59B6"/>
+    <w:rsid w:val="008B0204"/>
+    <w:rsid w:val="008B0EDE"/>
+    <w:rsid w:val="008B34D3"/>
+    <w:rsid w:val="008B6AAB"/>
+    <w:rsid w:val="008C025B"/>
+    <w:rsid w:val="008C0642"/>
+    <w:rsid w:val="008C07B1"/>
+    <w:rsid w:val="008C169A"/>
+    <w:rsid w:val="008C2BB2"/>
+    <w:rsid w:val="008C62A5"/>
+    <w:rsid w:val="008C7438"/>
+    <w:rsid w:val="008D1A82"/>
+    <w:rsid w:val="008D5161"/>
+    <w:rsid w:val="008D7219"/>
+    <w:rsid w:val="008E0709"/>
+    <w:rsid w:val="008E0D63"/>
+    <w:rsid w:val="008E233D"/>
+    <w:rsid w:val="008E26CA"/>
+    <w:rsid w:val="008E422B"/>
+    <w:rsid w:val="008E5A13"/>
+    <w:rsid w:val="008F1AC0"/>
+    <w:rsid w:val="008F30C0"/>
+    <w:rsid w:val="008F3149"/>
+    <w:rsid w:val="008F3BFC"/>
+    <w:rsid w:val="008F59AE"/>
+    <w:rsid w:val="00904115"/>
+    <w:rsid w:val="0090507D"/>
+    <w:rsid w:val="00910A87"/>
+    <w:rsid w:val="00911F3C"/>
+    <w:rsid w:val="00913024"/>
+    <w:rsid w:val="009144E2"/>
+    <w:rsid w:val="0091467E"/>
+    <w:rsid w:val="00914A1F"/>
+    <w:rsid w:val="009179AF"/>
+    <w:rsid w:val="00920256"/>
+    <w:rsid w:val="00923FE0"/>
+    <w:rsid w:val="00931EED"/>
+    <w:rsid w:val="00940CB7"/>
+    <w:rsid w:val="00941034"/>
+    <w:rsid w:val="009410E1"/>
+    <w:rsid w:val="00941EDF"/>
+    <w:rsid w:val="0094677F"/>
+    <w:rsid w:val="00947D01"/>
+    <w:rsid w:val="00952C11"/>
+    <w:rsid w:val="0095386F"/>
+    <w:rsid w:val="0096098E"/>
+    <w:rsid w:val="00962A85"/>
+    <w:rsid w:val="00963E6C"/>
+    <w:rsid w:val="00964EC6"/>
+    <w:rsid w:val="009670E4"/>
+    <w:rsid w:val="00967173"/>
+    <w:rsid w:val="0097011E"/>
+    <w:rsid w:val="00974669"/>
+    <w:rsid w:val="009757E8"/>
+    <w:rsid w:val="00976BC4"/>
+    <w:rsid w:val="009805C1"/>
+    <w:rsid w:val="00993CF3"/>
+    <w:rsid w:val="009955F4"/>
+    <w:rsid w:val="00995F7F"/>
+    <w:rsid w:val="00997804"/>
+    <w:rsid w:val="009A3058"/>
+    <w:rsid w:val="009A43CE"/>
+    <w:rsid w:val="009B25C4"/>
+    <w:rsid w:val="009B3B33"/>
+    <w:rsid w:val="009B5DDE"/>
+    <w:rsid w:val="009C35A5"/>
+    <w:rsid w:val="009C7315"/>
+    <w:rsid w:val="009C7B59"/>
+    <w:rsid w:val="009D2A78"/>
+    <w:rsid w:val="009D4EF9"/>
+    <w:rsid w:val="009E03EE"/>
+    <w:rsid w:val="009E37B9"/>
+    <w:rsid w:val="009E6578"/>
+    <w:rsid w:val="009E7074"/>
+    <w:rsid w:val="009E7FC2"/>
+    <w:rsid w:val="009F0864"/>
+    <w:rsid w:val="009F3554"/>
+    <w:rsid w:val="009F39DE"/>
+    <w:rsid w:val="009F49E9"/>
+    <w:rsid w:val="009F50AD"/>
+    <w:rsid w:val="009F79D1"/>
+    <w:rsid w:val="009F7E7C"/>
+    <w:rsid w:val="00A05BFB"/>
+    <w:rsid w:val="00A073DF"/>
+    <w:rsid w:val="00A12464"/>
+    <w:rsid w:val="00A139D3"/>
+    <w:rsid w:val="00A14DF6"/>
+    <w:rsid w:val="00A15BFC"/>
+    <w:rsid w:val="00A16157"/>
+    <w:rsid w:val="00A16EC7"/>
+    <w:rsid w:val="00A200B3"/>
+    <w:rsid w:val="00A24DC4"/>
+    <w:rsid w:val="00A316B0"/>
+    <w:rsid w:val="00A316CB"/>
+    <w:rsid w:val="00A3265A"/>
+    <w:rsid w:val="00A368CA"/>
+    <w:rsid w:val="00A45E9D"/>
+    <w:rsid w:val="00A46C85"/>
+    <w:rsid w:val="00A477A5"/>
+    <w:rsid w:val="00A55175"/>
+    <w:rsid w:val="00A5679D"/>
+    <w:rsid w:val="00A57660"/>
+    <w:rsid w:val="00A66FB7"/>
+    <w:rsid w:val="00A67843"/>
+    <w:rsid w:val="00A70783"/>
+    <w:rsid w:val="00A71148"/>
+    <w:rsid w:val="00A837B0"/>
+    <w:rsid w:val="00A8619D"/>
+    <w:rsid w:val="00A90082"/>
+    <w:rsid w:val="00A94472"/>
+    <w:rsid w:val="00A94E53"/>
+    <w:rsid w:val="00A95757"/>
+    <w:rsid w:val="00A97D01"/>
+    <w:rsid w:val="00AA04EC"/>
+    <w:rsid w:val="00AA66B2"/>
+    <w:rsid w:val="00AB0BB4"/>
+    <w:rsid w:val="00AB20B2"/>
+    <w:rsid w:val="00AB5813"/>
+    <w:rsid w:val="00AC0813"/>
+    <w:rsid w:val="00AC22E7"/>
+    <w:rsid w:val="00AC2D1D"/>
+    <w:rsid w:val="00AD0925"/>
+    <w:rsid w:val="00AD28D4"/>
+    <w:rsid w:val="00AD66EB"/>
+    <w:rsid w:val="00AE01B2"/>
+    <w:rsid w:val="00AE5488"/>
+    <w:rsid w:val="00AE6E79"/>
+    <w:rsid w:val="00AE7915"/>
+    <w:rsid w:val="00AF1750"/>
+    <w:rsid w:val="00B04C1C"/>
+    <w:rsid w:val="00B0637F"/>
+    <w:rsid w:val="00B12817"/>
+    <w:rsid w:val="00B139E2"/>
+    <w:rsid w:val="00B1455D"/>
+    <w:rsid w:val="00B14A84"/>
+    <w:rsid w:val="00B14E63"/>
+    <w:rsid w:val="00B1708C"/>
+    <w:rsid w:val="00B17AF0"/>
+    <w:rsid w:val="00B22D14"/>
+    <w:rsid w:val="00B248EC"/>
+    <w:rsid w:val="00B25B13"/>
+    <w:rsid w:val="00B2778D"/>
+    <w:rsid w:val="00B31323"/>
+    <w:rsid w:val="00B32CBC"/>
+    <w:rsid w:val="00B335D0"/>
+    <w:rsid w:val="00B37AD7"/>
+    <w:rsid w:val="00B43F67"/>
+    <w:rsid w:val="00B4510A"/>
+    <w:rsid w:val="00B4582D"/>
+    <w:rsid w:val="00B465C9"/>
+    <w:rsid w:val="00B50F63"/>
+    <w:rsid w:val="00B5167C"/>
+    <w:rsid w:val="00B53E49"/>
+    <w:rsid w:val="00B54463"/>
+    <w:rsid w:val="00B54E95"/>
+    <w:rsid w:val="00B57753"/>
+    <w:rsid w:val="00B62B8C"/>
+    <w:rsid w:val="00B63E83"/>
+    <w:rsid w:val="00B6530A"/>
+    <w:rsid w:val="00B6714D"/>
+    <w:rsid w:val="00B67C74"/>
+    <w:rsid w:val="00B708B0"/>
+    <w:rsid w:val="00B735BC"/>
+    <w:rsid w:val="00B745DC"/>
+    <w:rsid w:val="00B7462D"/>
+    <w:rsid w:val="00B7572A"/>
+    <w:rsid w:val="00B76394"/>
+    <w:rsid w:val="00B810DB"/>
+    <w:rsid w:val="00B81BFF"/>
+    <w:rsid w:val="00B81D68"/>
+    <w:rsid w:val="00B83C3B"/>
+    <w:rsid w:val="00B83CF6"/>
+    <w:rsid w:val="00B849F7"/>
+    <w:rsid w:val="00B90F09"/>
+    <w:rsid w:val="00B9471A"/>
+    <w:rsid w:val="00BA0DBB"/>
+    <w:rsid w:val="00BA282C"/>
+    <w:rsid w:val="00BA2AEE"/>
+    <w:rsid w:val="00BA3141"/>
+    <w:rsid w:val="00BA350D"/>
+    <w:rsid w:val="00BA54C4"/>
+    <w:rsid w:val="00BA59BA"/>
+    <w:rsid w:val="00BA65F9"/>
+    <w:rsid w:val="00BA7022"/>
+    <w:rsid w:val="00BB24AB"/>
+    <w:rsid w:val="00BB51D4"/>
+    <w:rsid w:val="00BB77F0"/>
+    <w:rsid w:val="00BB7E4A"/>
+    <w:rsid w:val="00BB7EE7"/>
+    <w:rsid w:val="00BC0CAE"/>
+    <w:rsid w:val="00BC733E"/>
+    <w:rsid w:val="00BC7F92"/>
+    <w:rsid w:val="00BD0018"/>
+    <w:rsid w:val="00BD0D72"/>
+    <w:rsid w:val="00BD13A5"/>
+    <w:rsid w:val="00BD33C2"/>
+    <w:rsid w:val="00BD63A0"/>
+    <w:rsid w:val="00BD6B9D"/>
+    <w:rsid w:val="00BD7F83"/>
+    <w:rsid w:val="00BE3FA0"/>
+    <w:rsid w:val="00BE4B9F"/>
+    <w:rsid w:val="00BF19E0"/>
+    <w:rsid w:val="00BF576E"/>
+    <w:rsid w:val="00BF60A3"/>
+    <w:rsid w:val="00C01A24"/>
+    <w:rsid w:val="00C053B8"/>
+    <w:rsid w:val="00C05522"/>
+    <w:rsid w:val="00C137CA"/>
+    <w:rsid w:val="00C1412E"/>
+    <w:rsid w:val="00C146A5"/>
+    <w:rsid w:val="00C147A5"/>
+    <w:rsid w:val="00C14D9D"/>
+    <w:rsid w:val="00C16B2B"/>
+    <w:rsid w:val="00C232B7"/>
+    <w:rsid w:val="00C31678"/>
+    <w:rsid w:val="00C41B10"/>
+    <w:rsid w:val="00C4649E"/>
+    <w:rsid w:val="00C52385"/>
+    <w:rsid w:val="00C5675F"/>
+    <w:rsid w:val="00C606F1"/>
+    <w:rsid w:val="00C623B6"/>
+    <w:rsid w:val="00C625C4"/>
+    <w:rsid w:val="00C64BE7"/>
+    <w:rsid w:val="00C666DA"/>
+    <w:rsid w:val="00C82D4F"/>
+    <w:rsid w:val="00C852BE"/>
+    <w:rsid w:val="00C91F9F"/>
+    <w:rsid w:val="00C9349D"/>
+    <w:rsid w:val="00C94E71"/>
+    <w:rsid w:val="00C958B3"/>
+    <w:rsid w:val="00C95E78"/>
+    <w:rsid w:val="00C96655"/>
+    <w:rsid w:val="00CA4F7E"/>
+    <w:rsid w:val="00CA77A7"/>
+    <w:rsid w:val="00CB51B9"/>
+    <w:rsid w:val="00CB5678"/>
+    <w:rsid w:val="00CB6B5A"/>
+    <w:rsid w:val="00CC076E"/>
+    <w:rsid w:val="00CC1767"/>
+    <w:rsid w:val="00CC2D8A"/>
+    <w:rsid w:val="00CC2FC4"/>
+    <w:rsid w:val="00CC54E9"/>
+    <w:rsid w:val="00CC67BC"/>
+    <w:rsid w:val="00CD0717"/>
+    <w:rsid w:val="00CD39F9"/>
+    <w:rsid w:val="00CD3D28"/>
+    <w:rsid w:val="00CD52E7"/>
+    <w:rsid w:val="00CD628D"/>
+    <w:rsid w:val="00CE012E"/>
+    <w:rsid w:val="00CE3965"/>
+    <w:rsid w:val="00CE70ED"/>
+    <w:rsid w:val="00CF0C0C"/>
+    <w:rsid w:val="00CF1513"/>
+    <w:rsid w:val="00CF1E87"/>
+    <w:rsid w:val="00CF2DE5"/>
+    <w:rsid w:val="00CF4B63"/>
+    <w:rsid w:val="00CF5224"/>
+    <w:rsid w:val="00CF7033"/>
+    <w:rsid w:val="00D000F9"/>
+    <w:rsid w:val="00D01F28"/>
+    <w:rsid w:val="00D03D5B"/>
+    <w:rsid w:val="00D1043E"/>
+    <w:rsid w:val="00D11191"/>
+    <w:rsid w:val="00D20295"/>
+    <w:rsid w:val="00D25C00"/>
+    <w:rsid w:val="00D32196"/>
+    <w:rsid w:val="00D3372B"/>
+    <w:rsid w:val="00D37C82"/>
+    <w:rsid w:val="00D43EDA"/>
+    <w:rsid w:val="00D504A2"/>
+    <w:rsid w:val="00D5170D"/>
+    <w:rsid w:val="00D63BF2"/>
+    <w:rsid w:val="00D6650D"/>
+    <w:rsid w:val="00D74B3E"/>
+    <w:rsid w:val="00D80423"/>
+    <w:rsid w:val="00D83C18"/>
+    <w:rsid w:val="00D870A5"/>
+    <w:rsid w:val="00D90F46"/>
+    <w:rsid w:val="00D91519"/>
+    <w:rsid w:val="00D94C4B"/>
+    <w:rsid w:val="00D94F63"/>
+    <w:rsid w:val="00D95681"/>
+    <w:rsid w:val="00DA0C6A"/>
+    <w:rsid w:val="00DA1C59"/>
+    <w:rsid w:val="00DA1F40"/>
+    <w:rsid w:val="00DA429E"/>
+    <w:rsid w:val="00DA4CEA"/>
+    <w:rsid w:val="00DB050D"/>
+    <w:rsid w:val="00DB0564"/>
+    <w:rsid w:val="00DC0278"/>
+    <w:rsid w:val="00DC0A68"/>
+    <w:rsid w:val="00DC3E9A"/>
+    <w:rsid w:val="00DC42CB"/>
+    <w:rsid w:val="00DC4477"/>
+    <w:rsid w:val="00DC46B9"/>
+    <w:rsid w:val="00DC5F01"/>
+    <w:rsid w:val="00DD14B4"/>
+    <w:rsid w:val="00DD4C4E"/>
+    <w:rsid w:val="00DD5FDC"/>
+    <w:rsid w:val="00DE0F62"/>
+    <w:rsid w:val="00DE3184"/>
+    <w:rsid w:val="00DE3DB2"/>
+    <w:rsid w:val="00DE521C"/>
+    <w:rsid w:val="00DE7C4C"/>
+    <w:rsid w:val="00DF3B7F"/>
+    <w:rsid w:val="00DF6C8C"/>
+    <w:rsid w:val="00E01713"/>
+    <w:rsid w:val="00E01B4C"/>
+    <w:rsid w:val="00E03720"/>
+    <w:rsid w:val="00E04122"/>
+    <w:rsid w:val="00E0421E"/>
+    <w:rsid w:val="00E11A90"/>
+    <w:rsid w:val="00E1319F"/>
+    <w:rsid w:val="00E20B41"/>
+    <w:rsid w:val="00E20F47"/>
+    <w:rsid w:val="00E23C62"/>
+    <w:rsid w:val="00E34A51"/>
+    <w:rsid w:val="00E35FB8"/>
+    <w:rsid w:val="00E42750"/>
+    <w:rsid w:val="00E47725"/>
+    <w:rsid w:val="00E50274"/>
+    <w:rsid w:val="00E50599"/>
+    <w:rsid w:val="00E516E8"/>
+    <w:rsid w:val="00E52C51"/>
+    <w:rsid w:val="00E62AB4"/>
+    <w:rsid w:val="00E6473F"/>
+    <w:rsid w:val="00E67F51"/>
+    <w:rsid w:val="00E715F7"/>
+    <w:rsid w:val="00E74C16"/>
+    <w:rsid w:val="00E74F3F"/>
+    <w:rsid w:val="00E80D77"/>
+    <w:rsid w:val="00E85C2A"/>
+    <w:rsid w:val="00E90BB2"/>
+    <w:rsid w:val="00E92A32"/>
+    <w:rsid w:val="00E97BFA"/>
+    <w:rsid w:val="00E97D48"/>
+    <w:rsid w:val="00EA4E5F"/>
+    <w:rsid w:val="00EA66B2"/>
+    <w:rsid w:val="00EA66CE"/>
+    <w:rsid w:val="00EB0E95"/>
+    <w:rsid w:val="00EB5512"/>
+    <w:rsid w:val="00EB561A"/>
+    <w:rsid w:val="00EB73D5"/>
+    <w:rsid w:val="00EB7BC7"/>
+    <w:rsid w:val="00EC0418"/>
+    <w:rsid w:val="00EC0D8C"/>
+    <w:rsid w:val="00EC1775"/>
+    <w:rsid w:val="00EC4682"/>
+    <w:rsid w:val="00EC7785"/>
+    <w:rsid w:val="00ED15F8"/>
+    <w:rsid w:val="00ED1E8D"/>
+    <w:rsid w:val="00ED7E98"/>
+    <w:rsid w:val="00EE0C07"/>
+    <w:rsid w:val="00EE5AC7"/>
+    <w:rsid w:val="00EF13DA"/>
+    <w:rsid w:val="00EF2C59"/>
+    <w:rsid w:val="00EF74BD"/>
+    <w:rsid w:val="00F00CC2"/>
+    <w:rsid w:val="00F150FF"/>
+    <w:rsid w:val="00F15413"/>
+    <w:rsid w:val="00F15886"/>
+    <w:rsid w:val="00F215BB"/>
+    <w:rsid w:val="00F2418D"/>
+    <w:rsid w:val="00F2692D"/>
+    <w:rsid w:val="00F454E3"/>
+    <w:rsid w:val="00F47CD1"/>
+    <w:rsid w:val="00F5379B"/>
+    <w:rsid w:val="00F550D5"/>
+    <w:rsid w:val="00F56140"/>
+    <w:rsid w:val="00F571D9"/>
+    <w:rsid w:val="00F60894"/>
+    <w:rsid w:val="00F633BF"/>
+    <w:rsid w:val="00F718B4"/>
+    <w:rsid w:val="00F736E8"/>
+    <w:rsid w:val="00F91993"/>
+    <w:rsid w:val="00F93BF5"/>
+    <w:rsid w:val="00F93CCC"/>
+    <w:rsid w:val="00F95A39"/>
+    <w:rsid w:val="00F97C31"/>
+    <w:rsid w:val="00FA02C6"/>
+    <w:rsid w:val="00FA58EE"/>
+    <w:rsid w:val="00FB4045"/>
+    <w:rsid w:val="00FB7D26"/>
+    <w:rsid w:val="00FC1707"/>
+    <w:rsid w:val="00FC4AB1"/>
+    <w:rsid w:val="00FC5BE7"/>
+    <w:rsid w:val="00FC770B"/>
+    <w:rsid w:val="00FD0810"/>
+    <w:rsid w:val="00FD488C"/>
+    <w:rsid w:val="00FD5B57"/>
+    <w:rsid w:val="00FD5B7B"/>
+    <w:rsid w:val="00FE05AD"/>
+    <w:rsid w:val="00FE0EEA"/>
+    <w:rsid w:val="00FE1464"/>
+    <w:rsid w:val="00FE20EF"/>
+    <w:rsid w:val="00FE2A8A"/>
+    <w:rsid w:val="00FE4FB4"/>
+    <w:rsid w:val="00FF2CD9"/>
+    <w:rsid w:val="00FF6F82"/>
+    <w:rsid w:val="00FF7D3E"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="2D4199D2"/>
+  <w14:defaultImageDpi w14:val="32767"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{09E09C5E-5C9D-EE47-9A80-9C237BA2D39B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="ko-KR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...8 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:styleId="TableNormal" w:default="1" w:type="table">
-[...1 lines deleted...]
-    <w:uiPriority w:val="2"/>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE70ED"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CE70ED"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE70ED"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CE70ED"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="008F30C0"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00007025"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SenderAddress">
+    <w:name w:val="Sender Address"/>
+    <w:basedOn w:val="NoSpacing"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="0070549D"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tw Cen MT" w:eastAsia="Times New Roman" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+      <w:color w:val="775F55"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:pPr/>
+    <w:rsid w:val="0070549D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008433A7"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="BodyText" w:type="paragraph">
-[...4 lines deleted...]
-    <w:pPr/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0064688C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="ListParagraph" w:type="paragraph">
-[...7 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0091467E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="TableParagraph" w:type="paragraph">
-    <w:name w:val="Table Paragraph"/>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0091467E"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0091467E"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0091467E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0091467E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0091467E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0091467E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="008C0642"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00153116"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="vi" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="27682367">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="73742574">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="118695540">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="131216080">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="138688246">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="149446122">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="189993856">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="315036338">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="434138704">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="455291582">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="516315304">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="558782848">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="580139280">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="739181885">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="834691569">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="929196040">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1072585240">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1223372192">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1244988873">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1254044951">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1268849795">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1334259762">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1390496440">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1396317328">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1403068381">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1403676405">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1439521149">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1461604628">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1706516704">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1826122042">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883638607">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1961836108">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2079280778">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2081440461">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2131320585">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
 
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="Yu Gothic Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="DengXian Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="Yu Mincho"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="DengXian"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA0637CE-8E3A-40B9-BDEF-F366C1D961F1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
+  <Pages>12</Pages>
+  <Words>3370</Words>
+  <Characters>19209</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>160</Lines>
+  <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>22534</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Microsoft Office User</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...12 lines deleted...]
-</file>