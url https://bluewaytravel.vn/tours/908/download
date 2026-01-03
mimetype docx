--- v0 (2025-10-01)
+++ v1 (2026-01-03)
@@ -1,33145 +1,10005 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-[...16 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="image/jpeg" Extension="jpg"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/x-font-ttf" Extension="ttf"/>
+  <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
+  <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
-    <w:p w14:paraId="5D0D3501" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:hanging="141"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="538135"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="538135"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">KHÁM PHÁ VÂN NAM PHONG HOA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
-        </w:rPr>
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> GIANG – SHANGRILA</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HÀ NỘI - LỆ GIANG – SHANGRILA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EB75488" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
-        </w:rPr>
-[...20 lines deleted...]
-        <w:t>NG CHARTER BAMBOO)</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(BAY THẲNG CHARTER BAMBOO)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A32D832" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+      <w:pPr>
+        <w:spacing w:after="0" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-          <w:b/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
           <w:color w:val="002060"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
           <w:color w:val="002060"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thời gian: 5 ngày 4 đêm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+      <w:pPr>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
           <w:color w:val="002060"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>ờ</w:t>
-[...4 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
           <w:color w:val="002060"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-        </w:rPr>
-        <w:t>i gian: 5 ngày 4 đêm</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phương tiện: Máy bay khứ hồi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B9CDA7E" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+      <w:pPr>
+        <w:spacing w:after="0" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-          <w:b/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
           <w:color w:val="002060"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...67 lines deleted...]
-        <w:t>i</w:t>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B76F5EE" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
-[...12 lines deleted...]
-    <w:p w14:paraId="7DC58359" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1483 lines deleted...]
-        <w:t>Nhân...</w:t>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lệ Giang </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">là cố đô của vương quốc Naxi, cao 2.410 mét so với mực nước biển và nằm trên Cao nguyên Tây Bắc Vân Nam ở miền Tây Nam Trung Hoa. Tọa lạc dọc theo tuyến thương mại quan trọng mà trước đây là một phần của Con đường Tơ lụa từ Vân Nam qua Tây Tạng, Côn Minh - thành phố mùa xuân bạt ngàn hoa nở,  thành cổ Đại Lý cổ kính, kiên cố và rêu phong - nơi quay bộ phim Thiên Long Bát Bộ nổi tiếng. Nếu bạn đã từng xem và ấn tượng với bộ phim truyền hình Trung Quốc “ ánh sáng tình yêu”. Du khách luôn ao ước một lần được đến Lệ Giang; để được nghe kể truyền thuyết tình yêu của người dân tộc Nạp Tây, để tới quán bar “ Nhất Mễ Dương Quang” thưởng thức một ly cocktail “Thiên trường địa cửu”, để một lần trèo lên đỉnh Ngọc Long tuyết sơn hùng vĩ, đứng chênh vênh bên bờ vực Tình Nhân...</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D4CF002" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...927 lines deleted...]
-        <w:t> </w:t>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thần bí thung lũng "bất tử" Shangri-La  .</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Shangri-La nằm trong một cao nguyên cao hơn 3.300m so với mực nước biển, bao quanh bởi những ngọn đồi xanh tươi tốt, hồ nước tuyệt đẹp, không khí trong lành. Đây là nơi sinh sống chủ yếu của một bộ phận không nhỏ những người Tây Tạng, nơi tọa lạc của rất nhiều danh thắng, đền chùa, tu viện Phật giáo… Shangri-La còn nổi tiếng với công viên quốc gia Pudacuo. Đây là khu vực rộng khoảng 1.300km2 và là công viên quốc gia đầu tiên ở Trung Quốc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA04E2D" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3FE3D8D5" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...66 lines deleted...]
-        <w:t>C</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ĐIỂM ĐẶC SẮC</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23023DF8" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> GIANG</w:t>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="3366ff"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="3366ff"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">03 ĐÊM LỆ GIANG</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28101DB9" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
-[...117 lines deleted...]
-        <w:t xml:space="preserve"> Giang </w:t>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="212" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TẶNG vé xem show diễn Ấn Tượng Lệ Giang </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D5118C1" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="3366ff"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.gjdgxs" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...114 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="3366ff"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bay thẳng hàng không Bamboo Ariways chỉ với 2 tiếng đồng hồ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B2F4FB8" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...67 lines deleted...]
-        <w:t>ng</w:t>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="3366ff"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="3366ff"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khám phá thành cổ Lệ Giang thơ mộng</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61123B1B" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...247 lines deleted...]
-        <w:t>n</w:t>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="3366ff"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="3366ff"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trải nghiệm Núi tuyết Ngọc Long quanh năm bao phủ bởi tuyết, dưới chân núi tuyết là thung lũng Lam Nguyệt có màu xanh độc đáo, uốn lượn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13725EFE" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...139 lines deleted...]
-        <w:t>t</w:t>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="3366ff"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="3366ff"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đi tìm “Đường chân trời đã mất” ở Shangrila, nơi đất và trời hòa vào làm một</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B2E422" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...85 lines deleted...]
-        <w:t>i gian</w:t>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="3366ff"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="3366ff"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lịch trình thông minh, tiết kiệm thời gian</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AE6A61F" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_heading=h.4d34og8" w:colFirst="0" w:colLast="0"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="3366ff"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.4d34og8" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="affffffffff4"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-235" w:type="dxa"/>
+        <w:tblStyle w:val="Table1"/>
+        <w:tblW w:w="9300.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="-235.0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1515"/>
         <w:gridCol w:w="4965"/>
-        <w:gridCol w:w="4098"/>
+        <w:gridCol w:w="2820"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="1515"/>
+            <w:gridCol w:w="4965"/>
+            <w:gridCol w:w="2820"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="00025434" w14:paraId="0B2E4D25" w14:textId="77777777" w:rsidTr="00792FEC">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="616"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="378" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10578" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="0B5394"/>
+            <w:shd w:fill="00b050" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="5D7FCED3" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="210"/>
+              <w:ind w:left="210" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
-              </w:rPr>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">T HÀNH TRÌNH </w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TÓM TẮT HÀNH TRÌNH </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00025434" w14:paraId="4A27F0EC" w14:textId="77777777" w:rsidTr="00792FEC">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="157"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="157" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ĐIỂM NỔI BẬT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGHỈ ĐÊM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="258" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ngày 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HÀ NỘI – LỆ GIANG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LỆ GIANG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="342" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ngày </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NÚI TUYẾT NGỌC LONG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LỆ GIANG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="342" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ngày </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LỆ GIANG – SHANGRILA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SHANGRILA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="526" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ngày </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SHANGRILA – LỆ GIANG </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LỆ GIANG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="342" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ngày 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LỆ GIANG – HÀ NỘI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+      <w:pPr>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:ind w:left="210" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+      <w:pPr>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:ind w:left="210" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LỊCH TRÌNH CHI TIẾT </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Table2"/>
+        <w:tblW w:w="10710.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="-705.0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1815"/>
+        <w:gridCol w:w="8895"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="1815"/>
+            <w:gridCol w:w="8895"/>
+          </w:tblGrid>
+        </w:tblGridChange>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:shd w:fill="00b050" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="0A524BC7" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="210"/>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>NGÀY</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4965" w:type="dxa"/>
+            <w:shd w:fill="00b050" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="1231C1C6" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="210"/>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...53 lines deleted...]
-              <w:t>T</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HÀ NỘI – LỆ GIANG (TRƯA ĂN TRÊN MB, ĂN TỐI)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.1fob9te" w:id="2"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">06h00 : </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quý khách có mặt tại điểm hẹn (Cổng công viên Thống Nhất). Xe và HDV đưa đoàn ra </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sân bay Nội Bài</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> làm thủ tục nhập cảnh. Đáp chuyến bay đi Lệ Giang </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QH802 lúc  10h05 - 13h05. </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn ăn trưa trên máy bay.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.1t3h5sf" w:id="3"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13H05 : </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn hạ cánh, Xe và HDV đón đoàn đưa đoàn đi tham quan Thành Cổ Lệ Giang</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Công Viên Hắc Long Đàm</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – nơi Dòng nước từ núi băng Ngọc Long đổ về nuôi sống vùng đất Lệ Giang. Từ công viên Hắc Long có thể ngắm sự hùng vĩ của núi tuyết ngàn năm, trong khung cảnh thanh bình của nước hồ phẳng lặng</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tham quan </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thành cổ Lệ Giang</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - xây dựng cách đây hơn 800 năm, được </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Unessco</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> công nhận là di sản văn hoá thế giới năm 1997- một di sản văn hóa thế giới với phong cảnh đẹp đẽ xứ nước, được mệnh danh là "Venice của Phương Đông", nơi đây nhà nhà đều có suối chảy qua, những cây liễu buông xuống các bậc cửa và những cây cầu nhỏ xinh xắn.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn ăn tối tại nhà hàng. Nghỉ đêm tại khách sạn ở </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lệ Giang</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="210" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Table3"/>
+        <w:tblW w:w="10695.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="-705.0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1680"/>
+        <w:gridCol w:w="9015"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="1680"/>
+            <w:gridCol w:w="9015"/>
+          </w:tblGrid>
+        </w:tblGridChange>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="00b050" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 2</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4098" w:type="dxa"/>
+            <w:shd w:fill="00b050" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="19E3906A" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="210"/>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> ĐÊM</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LỆ GIANG – NÚI TUYẾT NGỌC LONG (30KM – 30’) (ĂN SÁNG/TRƯA/TỐI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00025434" w14:paraId="5DAD2940" w14:textId="77777777" w:rsidTr="00792FEC">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="258"/>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...929 lines deleted...]
-            <w:tcW w:w="11048" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="787B8E6E" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
-              <w:pBdr>
-[...877 lines deleted...]
-              </w:pBdr>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind w:left="210" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1051 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E079E26" wp14:editId="754AEFD8">
+                <wp:inline distB="0" distT="0" distL="0" distR="0">
                   <wp:extent cx="3022602" cy="2015067"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
-[...2 lines deleted...]
-                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                  <wp:docPr descr="Những Bộ Trang Phục Truyền Thống Rực Rỡ" id="102" name="image1.png"/>
+                  <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png" descr="Những Bộ Trang Phục Truyền Thống Rực Rỡ"/>
+                          <pic:cNvPr descr="Những Bộ Trang Phục Truyền Thống Rực Rỡ" id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8"/>
-                          <a:srcRect/>
+                          <a:blip r:embed="rId7"/>
+                          <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3022602" cy="2015067"/>
                           </a:xfrm>
-                          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-                          </a:prstGeom>
+                          <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-                <w:color w:val="1F4E79"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56E01BB7" wp14:editId="2EAE2950">
-[...4 lines deleted...]
-                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <wp:inline distB="0" distT="0" distL="0" distR="0">
+                  <wp:extent cx="3012758" cy="2019300"/>
+                  <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                  <wp:docPr id="104" name="image3.jpg"/>
+                  <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image2.jpg"/>
+                          <pic:cNvPr id="0" name="image3.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9"/>
-                          <a:srcRect/>
+                          <a:blip r:embed="rId8"/>
+                          <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="3667926" cy="2019300"/>
+                            <a:ext cx="3012758" cy="2019300"/>
                           </a:xfrm>
-                          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-                          </a:prstGeom>
+                          <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="20C15058" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:spacing w:line="312" w:lineRule="auto"/>
-              <w:ind w:left="210"/>
+              <w:ind w:left="210" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">t </w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vân Tam Bình                                                    Thung lũng Lam Nguyệt </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3333F10C" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="312" w:lineRule="auto"/>
-              <w:ind w:left="210"/>
+              <w:ind w:left="210" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:color w:val="366091"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...115 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ăn sáng tại khách sạn, sau đó đoàn khởi hành đi tới </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">khu du lịch</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Núi Tuyết Ngọc Long.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Đoàn tham quan:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AB33239" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...779 lines deleted...]
-              <w:t xml:space="preserve">nh Vân Nam này. </w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Khu du lịch Núi tuyết Ngọc Long:</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Quý khách đi cáp treo nhỏ lên thăm </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vân Tam Bình</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – độ cao 3200 m ngắm cảnh Núi tuyết Ngọc Long từ xa ngọn núi cao 5596 m tuyết phủ quanh năm. Phần băng vĩnh cửu ánh lên một màu xanh như ngọc. Lại gọi đây là núi trinh nữ vì cho đến nay con người chưa một lần chinh phục được nó. Nhiều nhà leo núi đã bỏ mạng hoặc ngậm ngùi rút lui, bất lực trước sự trinh nguyên bí ẩn của vùng núi vào loại đẹp nhất tỉnh Vân Nam này. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="779A9EE1" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Tham quan, </w:t>
             </w:r>
-            <w:r>
-[...34 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">thung Lũng Lam Nguyệt,</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...173 lines deleted...]
-              <w:t xml:space="preserve">ng </w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bạch Thủy Hà</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> được tạo thành bởi băng tan từ núi tuyết Ngọc Long </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01CE0658" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
-              <w:ind w:left="210"/>
+              <w:ind w:left="210" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...96 lines deleted...]
-              <w:t>c tham quan:</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn ăn trưa tại nhà hàng trong khu du lịch. Sau bữa trưa, đoan tiếp tục tham quan:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57D600F6" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...660 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quý khách thưởng thức chương trình “ </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ấn Tượng Lệ Giang</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">” do đạo diễn lừng danh Trương Nghệ Mưu dàn dựng. Một vở nhạc kịch được biểu diễn ngoài trời, trên độ cao hơn 3.000m, với cảnh nền sân khấu chính là bầu trời và dãy núi Ngọc Long…, thật khó tưởng tượng nếu không một lần “mục sở thị</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">” </w:t>
             </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="47EFB08A" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="300" w:lineRule="auto"/>
-              <w:ind w:right="180"/>
+              <w:ind w:left="720" w:right="180" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_heading=h.17dp8vu" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.17dp8vu" w:id="4"/>
             <w:bookmarkEnd w:id="4"/>
-            <w:r>
-[...579 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tham quan Ngọc Thủy Trại </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-  ngôi làng cổ của tộc người Naxi. Naxi là tộc người bản địa với nét văn hóa đặc sắc thờ Nữ thần thiên nhiên. Người Naxi tin rằng con người và muôn loài đều có sự liên quan lẫn nhau do đó họ luôn xem trọng mối quan hệ thiên liên này, sống hòa thuận cùng nhau trong một không gian thanh bình.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="51548070" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...87 lines deleted...]
-              <w:t>ng</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cửa hàng thuốc Đồng Nhân Đường</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31D02E84" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="312" w:lineRule="auto"/>
-              <w:ind w:left="210"/>
+              <w:ind w:left="210" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-              <w:t xml:space="preserve"> Giang.</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn ăn tối tại nhà hàng. Nghỉ đêm tại </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lệ Giang.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D788260" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="210"/>
-[...3 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:ind w:left="210" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="affffffffff7"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-705" w:type="dxa"/>
+        <w:tblStyle w:val="Table4"/>
+        <w:tblW w:w="10695.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="-705.0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="B9C4D5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B9C4D5"/>
+          <w:top w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1680"/>
-        <w:gridCol w:w="9510"/>
+        <w:gridCol w:w="9015"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="1680"/>
+            <w:gridCol w:w="9015"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="00025434" w14:paraId="5312E104" w14:textId="77777777" w:rsidTr="00792FEC">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="0B5394"/>
+            <w:shd w:fill="00b050" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="432E80AE" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="210"/>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="_heading=h.2s8eyo1" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.2s8eyo1" w:id="5"/>
             <w:bookmarkEnd w:id="5"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
-              </w:rPr>
-              <w:t>NGÀY 3</w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 3</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9510" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="0B5394"/>
+            <w:shd w:fill="00b050" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="6A0B6AF3" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="210"/>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
-              </w:rPr>
-[...40 lines deleted...]
-              <w:t>I)</w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LỆ GIANG – SHANGRILA  (180 KM – 2.5H) (ĂN SÁNG/ TRƯA/ TỐI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00025434" w14:paraId="4A3B08AB" w14:textId="77777777" w:rsidTr="00792FEC">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11190" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="164F3025" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
-              <w:tblStyle w:val="affffffffff8"/>
-              <w:tblW w:w="14963" w:type="dxa"/>
+              <w:tblStyle w:val="Table5"/>
+              <w:tblW w:w="14963.0" w:type="dxa"/>
+              <w:jc w:val="left"/>
               <w:tblBorders>
-                <w:top w:val="nil"/>
-[...4 lines deleted...]
-                <w:insideV w:val="nil"/>
+                <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
-              <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+              <w:tblLook w:val="0400"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4987"/>
               <w:gridCol w:w="4988"/>
               <w:gridCol w:w="4988"/>
+              <w:tblGridChange w:id="0">
+                <w:tblGrid>
+                  <w:gridCol w:w="4987"/>
+                  <w:gridCol w:w="4988"/>
+                  <w:gridCol w:w="4988"/>
+                </w:tblGrid>
+              </w:tblGridChange>
             </w:tblGrid>
-            <w:tr w:rsidR="00025434" w14:paraId="5D0A1A22" w14:textId="77777777">
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
               <w:tc>
-                <w:tcPr>
-[...2 lines deleted...]
-                <w:p w14:paraId="76F6BF2C" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
                   <w:pPr>
                     <w:pBdr>
-                      <w:top w:val="nil"/>
-[...3 lines deleted...]
-                      <w:between w:val="nil"/>
+                      <w:top w:space="0" w:sz="0" w:val="nil"/>
+                      <w:left w:space="0" w:sz="0" w:val="nil"/>
+                      <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                      <w:right w:space="0" w:sz="0" w:val="nil"/>
+                      <w:between w:space="0" w:sz="0" w:val="nil"/>
                     </w:pBdr>
                     <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
-                    <w:ind w:left="210" w:right="-102"/>
+                    <w:ind w:left="210" w:right="-102" w:firstLine="0"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                      <w:b/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
                       <w:color w:val="366091"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                      <w:noProof/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
                       <w:color w:val="366091"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:drawing>
-                      <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="454A16B3" wp14:editId="46559C7B">
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
                         <wp:extent cx="3124200" cy="2391044"/>
-                        <wp:effectExtent l="0" t="0" r="0" b="0"/>
-[...2 lines deleted...]
-                        <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr id="103" name="image2.jpg"/>
+                        <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
                               <pic:nvPicPr>
-                                <pic:cNvPr id="0" name="image1.jpg"/>
+                                <pic:cNvPr id="0" name="image2.jpg"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
                               </pic:nvPicPr>
                               <pic:blipFill>
-                                <a:blip r:embed="rId10"/>
-                                <a:srcRect b="13719"/>
+                                <a:blip r:embed="rId9"/>
+                                <a:srcRect b="13719" l="0" r="0" t="0"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
                                   <a:ext cx="3124200" cy="2391044"/>
                                 </a:xfrm>
-                                <a:prstGeom prst="rect">
-[...1 lines deleted...]
-                                </a:prstGeom>
+                                <a:prstGeom prst="rect"/>
                                 <a:ln/>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                       </wp:inline>
                     </w:drawing>
                   </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
-                <w:tcPr>
-[...2 lines deleted...]
-                <w:p w14:paraId="731102FA" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
                   <w:pPr>
                     <w:pBdr>
-                      <w:top w:val="nil"/>
-[...3 lines deleted...]
-                      <w:between w:val="nil"/>
+                      <w:top w:space="0" w:sz="0" w:val="nil"/>
+                      <w:left w:space="0" w:sz="0" w:val="nil"/>
+                      <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                      <w:right w:space="0" w:sz="0" w:val="nil"/>
+                      <w:between w:space="0" w:sz="0" w:val="nil"/>
                     </w:pBdr>
                     <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
-                    <w:ind w:left="210"/>
+                    <w:ind w:left="210" w:firstLine="0"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                      <w:b/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
                       <w:color w:val="366091"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                      <w:noProof/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
                       <w:color w:val="366091"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:drawing>
-                      <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D60F126" wp14:editId="5BE6A6B8">
-[...4 lines deleted...]
-                        <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="3088990" cy="2318858"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr descr="C:\Users\ADMIN\Downloads\822dfd32c1037f5d2612.jpg" id="106" name="image6.png"/>
+                        <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
                               <pic:nvPicPr>
-                                <pic:cNvPr id="0" name="image5.png" descr="C:\Users\ADMIN\Downloads\822dfd32c1037f5d2612.jpg"/>
+                                <pic:cNvPr descr="C:\Users\ADMIN\Downloads\822dfd32c1037f5d2612.jpg" id="0" name="image6.png"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
                               </pic:nvPicPr>
                               <pic:blipFill>
-                                <a:blip r:embed="rId11"/>
-                                <a:srcRect/>
+                                <a:blip r:embed="rId10"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
-                                  <a:ext cx="3499288" cy="2318858"/>
+                                  <a:ext cx="3088990" cy="2318858"/>
                                 </a:xfrm>
-                                <a:prstGeom prst="rect">
-[...1 lines deleted...]
-                                </a:prstGeom>
+                                <a:prstGeom prst="rect"/>
                                 <a:ln/>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                       </wp:inline>
                     </w:drawing>
                   </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
-                <w:tcPr>
-[...2 lines deleted...]
-                <w:p w14:paraId="6EAC24BB" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
                   <w:pPr>
                     <w:pBdr>
-                      <w:top w:val="nil"/>
-[...3 lines deleted...]
-                      <w:between w:val="nil"/>
+                      <w:top w:space="0" w:sz="0" w:val="nil"/>
+                      <w:left w:space="0" w:sz="0" w:val="nil"/>
+                      <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                      <w:right w:space="0" w:sz="0" w:val="nil"/>
+                      <w:between w:space="0" w:sz="0" w:val="nil"/>
                     </w:pBdr>
                     <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
-                    <w:ind w:left="210" w:right="-102"/>
+                    <w:ind w:left="210" w:right="-102" w:firstLine="0"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                      <w:b/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
                       <w:color w:val="366091"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00025434" w14:paraId="47440A7A" w14:textId="77777777">
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
               <w:tc>
-                <w:tcPr>
-[...2 lines deleted...]
-                <w:p w14:paraId="67998276" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
                   <w:pPr>
                     <w:pBdr>
-                      <w:top w:val="nil"/>
-[...3 lines deleted...]
-                      <w:between w:val="nil"/>
+                      <w:top w:space="0" w:sz="0" w:val="nil"/>
+                      <w:left w:space="0" w:sz="0" w:val="nil"/>
+                      <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                      <w:right w:space="0" w:sz="0" w:val="nil"/>
+                      <w:between w:space="0" w:sz="0" w:val="nil"/>
                     </w:pBdr>
                     <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
-                    <w:ind w:left="210" w:right="-102"/>
+                    <w:ind w:left="210" w:right="-102" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                      <w:i/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
+                      <w:i w:val="1"/>
                       <w:color w:val="366091"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...2 lines deleted...]
-                      <w:color w:val="1F4E79"/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
+                      <w:i w:val="1"/>
+                      <w:color w:val="1f4e79"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
+                      <w:rtl w:val="0"/>
                     </w:rPr>
-                    <w:t>Thành c</w:t>
+                    <w:t xml:space="preserve">Thành cổ DuKe Zong</w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...4 lines deleted...]
-                      <w:szCs w:val="24"/>
+                      <w:rtl w:val="0"/>
                     </w:rPr>
-                    <w:t>ổ</w:t>
-[...10 lines deleted...]
-                    <w:t xml:space="preserve"> DuKe Zong</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
-                <w:tcPr>
-[...2 lines deleted...]
-                <w:p w14:paraId="072EC93B" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
                   <w:pPr>
                     <w:pBdr>
-                      <w:top w:val="nil"/>
-[...3 lines deleted...]
-                      <w:between w:val="nil"/>
+                      <w:top w:space="0" w:sz="0" w:val="nil"/>
+                      <w:left w:space="0" w:sz="0" w:val="nil"/>
+                      <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                      <w:right w:space="0" w:sz="0" w:val="nil"/>
+                      <w:between w:space="0" w:sz="0" w:val="nil"/>
                     </w:pBdr>
                     <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
-                    <w:ind w:left="210"/>
+                    <w:ind w:left="210" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                      <w:i/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
+                      <w:i w:val="1"/>
                       <w:color w:val="366091"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                      <w:i/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
+                      <w:i w:val="1"/>
                       <w:color w:val="366091"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
+                      <w:rtl w:val="0"/>
                     </w:rPr>
-                    <w:t>Nam Ha S</w:t>
-[...43 lines deleted...]
-                    <w:t>t</w:t>
+                    <w:t xml:space="preserve">Nam Ha Sắc Đạt</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
-                <w:tcPr>
-[...2 lines deleted...]
-                <w:p w14:paraId="28EA802D" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
                   <w:pPr>
                     <w:pBdr>
-                      <w:top w:val="nil"/>
-[...3 lines deleted...]
-                      <w:between w:val="nil"/>
+                      <w:top w:space="0" w:sz="0" w:val="nil"/>
+                      <w:left w:space="0" w:sz="0" w:val="nil"/>
+                      <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                      <w:right w:space="0" w:sz="0" w:val="nil"/>
+                      <w:between w:space="0" w:sz="0" w:val="nil"/>
                     </w:pBdr>
                     <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
-                    <w:ind w:left="210" w:right="-102"/>
+                    <w:ind w:left="210" w:right="-102" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                      <w:i/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
+                      <w:i w:val="1"/>
                       <w:color w:val="366091"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...2 lines deleted...]
-                      <w:color w:val="1F4E79"/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
+                      <w:i w:val="1"/>
+                      <w:color w:val="1f4e79"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
+                      <w:rtl w:val="0"/>
                     </w:rPr>
-                    <w:t>B</w:t>
+                    <w:t xml:space="preserve">Bạch Thủy Đài</w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...4 lines deleted...]
-                      <w:szCs w:val="24"/>
+                      <w:rtl w:val="0"/>
                     </w:rPr>
-                    <w:t>ạ</w:t>
-[...32 lines deleted...]
-                    <w:t>y Đài</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="1852B2C7" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="312" w:lineRule="auto"/>
-              <w:ind w:left="210"/>
+              <w:ind w:left="210" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...556 lines deleted...]
-              <w:t xml:space="preserve"> Giang</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ăn sáng tại khách sạn, sau đó đoàn khởi hành đi </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Shangrila</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – “Vùng đất bất tử” trong tiểu thuyết Lost Horizon (chân trời đã mất), của nhà văn Anh James Hilton. Theo ngôn ngữ của người Tây Tạng, Shangrila có nghĩa là địa điểm của vận mệnh và sự may mắn, là trung tâm của ba dòng sông lớn Dương Tử, Lan Thương - đoạn đầu của dòng Mekong và Nộ Giang</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37A14892" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="312" w:lineRule="auto"/>
-              <w:ind w:left="210"/>
+              <w:ind w:left="210" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-              <w:t>c tham quan:</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn ăn trưa tại nhà hàng. Sau bữa trưa đoàn tiếp tục tham quan:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4169DF6E" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...236 lines deleted...]
-              <w:t>ng.</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nam Ha Sắc Đạt – </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">địa điểm check in mới đồng thời cũng là biểu tượng tâm linh của dân tộc Tạng.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15AD695D" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...793 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thành cổ DuKeZong</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Nơi tập trung sinh sống lâu đời của người Tạng có tuổi đời trên 1.300 năm được bảo tồn tốt nhất ở Trung Quốc. Tới nơi đây, du khách sẽ được chiêm ngưỡng hàng trăm căn nhà kiểu Tây Tạng cổ xưa được gìn giữ cẩn thận, được những người Tạng hiếu khách giới thiệu những nét văn hóa đặc trưng, nếp sống sinh hoạt thường ngày và nhiệt tình giúp đỡ.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38AFC590" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="312" w:lineRule="auto"/>
-              <w:ind w:left="210"/>
+              <w:ind w:left="210" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:color w:val="366091"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...124 lines deleted...]
-              <w:t>Shangrila.</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ăn tối tại nhà hàng và nghỉ đêm tại khách sạn tại </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Shangrila.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55C85C6A" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="210"/>
-[...3 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:ind w:left="210" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="affffffffff9"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-705" w:type="dxa"/>
+        <w:tblStyle w:val="Table6"/>
+        <w:tblW w:w="10695.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="-705.0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="B9C4D5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B9C4D5"/>
+          <w:top w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1695"/>
-        <w:gridCol w:w="9637"/>
+        <w:gridCol w:w="9000"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="1695"/>
+            <w:gridCol w:w="9000"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="00025434" w14:paraId="61522667" w14:textId="77777777" w:rsidTr="00792FEC">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1695" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="0B5394"/>
+            <w:shd w:fill="00b050" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="028E359D" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="210"/>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
-              </w:rPr>
-[...1 lines deleted...]
-              <w:t>NGÀY 4</w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 4</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9637" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="0B5394"/>
+            <w:shd w:fill="00b050" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="24AB791D" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="210"/>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
-              </w:rPr>
-[...40 lines deleted...]
-              <w:t>I)</w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SHANGRILA – LỆ GIANG (ĂN SÁNG/ TRƯA/ TỐI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00025434" w14:paraId="1FA6472E" w14:textId="77777777" w:rsidTr="00792FEC">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11332" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2798183C" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
-              <w:tblStyle w:val="affffffffffa"/>
-              <w:tblW w:w="9966" w:type="dxa"/>
+              <w:tblStyle w:val="Table7"/>
+              <w:tblW w:w="9966.0" w:type="dxa"/>
+              <w:jc w:val="left"/>
               <w:tblBorders>
-                <w:top w:val="nil"/>
-[...4 lines deleted...]
-                <w:insideV w:val="nil"/>
+                <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+                <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
-              <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+              <w:tblLook w:val="0400"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4983"/>
               <w:gridCol w:w="4983"/>
+              <w:tblGridChange w:id="0">
+                <w:tblGrid>
+                  <w:gridCol w:w="4983"/>
+                  <w:gridCol w:w="4983"/>
+                </w:tblGrid>
+              </w:tblGridChange>
             </w:tblGrid>
-            <w:tr w:rsidR="00025434" w14:paraId="5C975286" w14:textId="77777777">
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
               <w:tc>
-                <w:tcPr>
-[...2 lines deleted...]
-                <w:p w14:paraId="10E66EF8" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
-                    <w:ind w:left="210"/>
+                    <w:spacing w:after="0" w:lineRule="auto"/>
+                    <w:ind w:left="210" w:firstLine="0"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                      <w:i/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="2"/>
                       <w:szCs w:val="2"/>
                       <w:highlight w:val="white"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                      <w:noProof/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:b w:val="1"/>
                       <w:color w:val="366091"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:drawing>
-                      <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6714DB01" wp14:editId="26229918">
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
                         <wp:extent cx="3124200" cy="2357755"/>
-                        <wp:effectExtent l="0" t="0" r="0" b="0"/>
-[...2 lines deleted...]
-                        <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr id="105" name="image4.jpg"/>
+                        <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
                               <pic:nvPicPr>
-                                <pic:cNvPr id="0" name="image3.jpg"/>
+                                <pic:cNvPr id="0" name="image4.jpg"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
                               </pic:nvPicPr>
                               <pic:blipFill>
-                                <a:blip r:embed="rId12"/>
-                                <a:srcRect/>
+                                <a:blip r:embed="rId11"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
                                   <a:ext cx="3124200" cy="2357755"/>
                                 </a:xfrm>
-                                <a:prstGeom prst="rect">
-[...1 lines deleted...]
-                                </a:prstGeom>
+                                <a:prstGeom prst="rect"/>
                                 <a:ln/>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                       </wp:inline>
                     </w:drawing>
                   </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
-                <w:tcPr>
-[...2 lines deleted...]
-                <w:p w14:paraId="733BEA45" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
-                    <w:ind w:left="210"/>
+                    <w:spacing w:after="0" w:lineRule="auto"/>
+                    <w:ind w:left="210" w:firstLine="0"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                      <w:i/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="2"/>
                       <w:szCs w:val="2"/>
                       <w:highlight w:val="white"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...2 lines deleted...]
-                    </w:rPr>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr/>
                     <w:drawing>
-                      <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1857FE7F" wp14:editId="47BD6C9F">
-[...4 lines deleted...]
-                        <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <wp:inline distB="0" distT="0" distL="0" distR="0">
+                        <wp:extent cx="3182412" cy="2363390"/>
+                        <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                        <wp:docPr descr="https://dulichphuonghoang.vn/upload/images/2(121).jpg" id="107" name="image5.jpg"/>
+                        <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
                               <pic:nvPicPr>
-                                <pic:cNvPr id="0" name="image4.jpg" descr="https://dulichphuonghoang.vn/upload/images/2(121).jpg"/>
+                                <pic:cNvPr descr="https://dulichphuonghoang.vn/upload/images/2(121).jpg" id="0" name="image5.jpg"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
                               </pic:nvPicPr>
                               <pic:blipFill>
-                                <a:blip r:embed="rId13"/>
-                                <a:srcRect/>
+                                <a:blip r:embed="rId12"/>
+                                <a:srcRect b="0" l="0" r="0" t="0"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
-                                  <a:ext cx="3509337" cy="2363390"/>
+                                  <a:ext cx="3182412" cy="2363390"/>
                                 </a:xfrm>
-                                <a:prstGeom prst="rect">
-[...1 lines deleted...]
-                                </a:prstGeom>
+                                <a:prstGeom prst="rect"/>
                                 <a:ln/>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                       </wp:inline>
                     </w:drawing>
                   </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
+                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00025434" w14:paraId="78311996" w14:textId="77777777">
+            <w:tr>
+              <w:trPr>
+                <w:cantSplit w:val="0"/>
+                <w:tblHeader w:val="0"/>
+              </w:trPr>
               <w:tc>
-                <w:tcPr>
-[...2 lines deleted...]
-                <w:p w14:paraId="3445C974" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
-                    <w:ind w:left="210"/>
+                    <w:spacing w:after="0" w:lineRule="auto"/>
+                    <w:ind w:left="210" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                      <w:i/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="2"/>
                       <w:szCs w:val="2"/>
                       <w:highlight w:val="white"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                      <w:color w:val="1F4E79"/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:color w:val="1f4e79"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
+                      <w:rtl w:val="0"/>
                     </w:rPr>
-                    <w:t>Tu viên Tùng Tán Lâm</w:t>
+                    <w:t xml:space="preserve">Tu viên Tùng Tán Lâm</w:t>
+                  </w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                    <w:rPr>
+                      <w:rtl w:val="0"/>
+                    </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
-                <w:tcPr>
-[...2 lines deleted...]
-                <w:p w14:paraId="744E3AC2" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+                <w:tcPr/>
+                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
-                    <w:ind w:left="210"/>
+                    <w:spacing w:after="0" w:lineRule="auto"/>
+                    <w:ind w:left="210" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                      <w:i/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:highlight w:val="white"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                      <w:color w:val="2F5496"/>
+                      <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                      <w:i w:val="1"/>
+                      <w:color w:val="2f5496"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:highlight w:val="white"/>
+                      <w:rtl w:val="0"/>
                     </w:rPr>
-                    <w:t>Thúc Hà c</w:t>
+                    <w:t xml:space="preserve">Thúc Hà cổ trấn</w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...4 lines deleted...]
-                      <w:highlight w:val="white"/>
+                      <w:rtl w:val="0"/>
                     </w:rPr>
-                    <w:t>ổ</w:t>
-[...32 lines deleted...]
-                    <w:t>n</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="0EAF8C1A" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="210"/>
-[...2 lines deleted...]
-                <w:i/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="7F9E779D" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...54 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
               <w:ind w:left="210" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...730 lines deleted...]
-              <w:t xml:space="preserve"> ngàn tăng sĩ.</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sau bữa sáng, đoàn đi thăm quan:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F8B7A62" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
-[...211 lines deleted...]
-          <w:p w14:paraId="04E2EB54" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thăm tu viện </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Songzanlin (Tùng Tán Lâm)</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> là tu viện Phật giáo Mật Tông Tây Tạng quan trọng và lớn nhất ở Vân Nam, Trung Quốc. Songzanlin được đặt trong một cảnh quan tuyệt đẹp ở độ cao hơn 3.300m cách Shangrila 5km. Tu viện này do vị Đạt Lai Lạt Ma thứ 5 xây dựng năm 1679 theo nguyên mẫu thu nhỏ của </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cung điện Potala</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Tây Tạng) và được hoàn thành sau 2 năm xây dựng. Vào thời thịnh vượng nhất, nơi đây tập trung đến cả ngàn tăng sĩ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="210" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...47 lines deleted...]
-              <w:t>c, đá quý</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Qúy khách ăn trưa tại nhà hàng. Sau bữa trưa, đoàn khởi hành về lại </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lệ Giang</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Tới Lệ Giang, đoàn tự do tham quan:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="106AB44F" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cửa hàng Ngọc, đá quý</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Tham quan </w:t>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thúc Hà Cổ trấn</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6893F66A" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="312" w:lineRule="auto"/>
-              <w:ind w:left="210"/>
+              <w:ind w:left="210" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...2 lines deleted...]
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:i w:val="1"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...629 lines deleted...]
-              <w:t xml:space="preserve"> túc)</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sau khi dùng bữa tối, Quý khách có thể tham qua xem show diễn </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“ Lệ Giang thiên cổ tình”</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Một trong 4 show diễn nổi tiếng của vùng đất Vân Nam xinh đẹp. Show diễn kéo dài hơn 1 tiếng, tái hiện lại lịch sử hình thành và quá trình phát triển đi kèm những giai thoại của vùng đất Lệ Giang, chuyện tình đẫm lệ của người dân tộc Naxi....</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:i w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(chi phí tự túc)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F6137CC" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="312" w:lineRule="auto"/>
-              <w:ind w:left="210"/>
+              <w:ind w:left="210" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...2 lines deleted...]
-                <w:color w:val="1F4E79"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:i w:val="1"/>
+                <w:color w:val="1f4e79"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> Giang.</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:i w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ngủ đêm Lệ Giang.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="490580C8" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="210"/>
-[...3 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:ind w:left="210" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_heading=h.lnxbz9" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.lnxbz9" w:id="6"/>
       <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="affffffffffb"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-705" w:type="dxa"/>
+        <w:tblStyle w:val="Table8"/>
+        <w:tblW w:w="10710.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="-705.0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="B9C4D5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B9C4D5"/>
+          <w:top w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="b9c4d5" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1695"/>
-        <w:gridCol w:w="9637"/>
+        <w:gridCol w:w="9015"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="1695"/>
+            <w:gridCol w:w="9015"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="00025434" w14:paraId="10156BA2" w14:textId="77777777" w:rsidTr="00792FEC">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1695" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="0B5394"/>
+            <w:shd w:fill="00b050" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="732A6706" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="210"/>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
-              </w:rPr>
-              <w:t>NGÀY 5</w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY 5</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9637" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="0B5394"/>
+            <w:shd w:fill="00b050" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="3CBF4060" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="210"/>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
-              </w:rPr>
-[...40 lines deleted...]
-              <w:t>I (ĂN SÁNG, ĂN TRƯA)</w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LỆ GIANG – HÀ NỘI (ĂN SÁNG, ĂN TRƯA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00025434" w14:paraId="492537C1" w14:textId="77777777" w:rsidTr="00792FEC">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="3111"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="3111" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11332" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="20CEE7A4" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="210"/>
-[...2 lines deleted...]
-                <w:i/>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:i w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="3C99447D" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:color w:val="366091"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="_heading=h.3rdcrjn" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.3rdcrjn" w:id="7"/>
             <w:bookmarkEnd w:id="7"/>
-            <w:r>
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ăn sáng tại khách sạn. Sau bữa sáng, Đoàn làm thủ tục trả phòng khách sạn và </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tham quan, mua sắm tại shop Cao su latex</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="1f4e79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Xe và HDV đưa đoàn đi ăn trưa và ra sân bay trở về Hà Nội chuyến</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:color w:val="366091"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bay dự kiến: </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:color w:val="366091"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...37 lines deleted...]
-              <w:t>QH801 QH801 14h05 - 14h55.</w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QH801 QH801 14h05 - 14h55.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EE534F1" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:color w:val="366091"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:color w:val="366091"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14h55:</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:color w:val="366091"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...243 lines deleted...]
-              <w:t>i quý khách.</w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Đoàn hạ cánh sân bay Nội Bài. Xe và HDV đưa đoàn trở về điểm đón ban đầu, hướng dẫn viên tạm biệt và hẹn gặp lại quý khách.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A2CF0F9" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:color w:val="366091"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:color w:val="366091"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kết thúc hành trình tham quan </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:color w:val="366091"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> Giang Shangrila 5 ngày 4 đêm.</w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lệ Giang Shangrila 5 ngày 4 đêm.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="33D8C2E7" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1DB9DEF4" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="312" w:lineRule="auto"/>
-        <w:ind w:left="142"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-          <w:i/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...260 lines deleted...]
-        <w:t>m tham quan  trong chương trình.</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tùy điều kiện thực tế trình tự tham quan có thể thay đổi nhưng vẫn bảo đảm đầy đủ điểm tham quan  trong chương trình.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EAAF19B" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:lineRule="auto"/>
         <w:ind w:right="212"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...20 lines deleted...]
-        <w:t>N GÓI : VNĐ/KHÁCH</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GIÁ TRỌN GÓI : VNĐ/KHÁCH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F03C5A2" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:lineRule="auto"/>
         <w:ind w:right="212"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...94 lines deleted...]
-        <w:t xml:space="preserve"> lên)</w:t>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Giá áp dụng cho đoàn từ 20 người trở lên)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC1E1A5" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:lineRule="auto"/>
         <w:ind w:right="212"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="affffffffffc"/>
-        <w:tblW w:w="10470" w:type="dxa"/>
+        <w:tblStyle w:val="Table9"/>
+        <w:tblW w:w="10470.0" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4992"/>
         <w:gridCol w:w="2343"/>
         <w:gridCol w:w="3135"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="4992"/>
+            <w:gridCol w:w="2343"/>
+            <w:gridCol w:w="3135"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="00025434" w14:paraId="1F4E6125" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="543"/>
-          <w:jc w:val="center"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="543" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="0B5394"/>
+            <w:shd w:fill="00b050" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="7EFA5247" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:right="212"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
-              </w:rPr>
-[...20 lines deleted...]
-              <w:t>I HÀNH</w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÀY KHỞI HÀNH</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="643357BD" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:right="212"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="0B5394"/>
+            <w:shd w:fill="00b050" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="20B9E7DF" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:right="212"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
-              </w:rPr>
-[...20 lines deleted...]
-              <w:t>N GÓI</w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GIÁ TRỌN GÓI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3135" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="0B5394"/>
+            <w:shd w:fill="00b050" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="1701134E" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:right="212"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:color w:val="ffffff"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
-              </w:rPr>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> THU PHÒNG ĐƠN</w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PHỤ THU PHÒNG ĐƠN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00025434" w14:paraId="2893C69F" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="495"/>
-          <w:jc w:val="center"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="495" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4992" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
+            <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF178B3" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                <w:color w:val="FF0000"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:color w:val="FF0000"/>
+                <w:highlight w:val="white"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tháng 10: 22, 29 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:color w:val="FF0000"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:color w:val="FF0000"/>
+                <w:highlight w:val="white"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tháng 11: 05</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+            <w:pPr>
+              <w:shd w:fill="e5f1ff" w:val="clear"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:color w:val="FF0000"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
-              </w:rPr>
-              <w:t>i: 03/09</w:t>
+                <w:highlight w:val="white"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tháng 12: 10, 24 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+            <w:pPr>
+              <w:shd w:fill="e5f1ff" w:val="clear"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+                <w:highlight w:val="white"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tháng 1/2026: 07, 21  Tháng 2/2026: 04 </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
+            <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="76B01D9A" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
-                <w:tab w:val="left" w:pos="213"/>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="213"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:right="212"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                <w:color w:val="FF0000"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="213"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:ind w:right="212"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
-              </w:rPr>
-              <w:t>12.990.000</w:t>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+                <w:highlight w:val="white"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15.990.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3135" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
+            <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
-          <w:p w14:paraId="5D6C8E16" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
-[...1 lines deleted...]
-                <w:tab w:val="center" w:pos="1346"/>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="493"/>
+                <w:tab w:val="center" w:leader="none" w:pos="1346"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:right="212"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-                <w:color w:val="FF0000"/>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
+                <w:highlight w:val="white"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
-        </w:tc>
-[...87 lines deleted...]
-          <w:p w14:paraId="491C7FBA" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
-                <w:tab w:val="left" w:pos="213"/>
+                <w:tab w:val="left" w:leader="none" w:pos="0"/>
+                <w:tab w:val="left" w:leader="none" w:pos="493"/>
+                <w:tab w:val="center" w:leader="none" w:pos="1346"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:right="212"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:b/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...12 lines deleted...]
-                <w:b/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
-              </w:rPr>
-[...41 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:highlight w:val="white"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...26 lines deleted...]
-              <w:t>2.000.000</w:t>
+              <w:t xml:space="preserve">2.000.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="40518824" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434" w:rsidP="00792FEC">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-          <w:b/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="12E09516" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974" w:rsidP="00792FEC">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="244061" w:themeFill="accent1" w:themeFillShade="80"/>
+        <w:shd w:fill="00b050" w:val="clear"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-          <w:color w:val="FFFFFF"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ffffff"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_heading=h.tyjcwt" w:colFirst="0" w:colLast="0"/>
-[...5 lines deleted...]
-          <w:color w:val="FFFFFF"/>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.tyjcwt" w:id="8"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ffffff"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="FFFFFF"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DỊCH VỤ BAO GỒM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vé máy bay khứ hồi chặng Hà Nội – Lệ Giang, hàng không Bamboo Airways </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Hành lý 15 kg ký gửi + 7kg xách tay) </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quá số kg quý khách thanh toán trực tiếp tại quầy checkin 35NDT hoặc 5USD / trên 1kg hành lý.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Visa đoàn Trung Quốc nhập cảnh 1 lần</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khách sạn tiêu chuẩn 3-4 sao địa phương, 2 người một phòng (nếu lẻ người thứ 3 sẽ ghép phòng ngủ 3, kê extra bed)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khách sạn dự kiến tại Lệ Giang: Fenghuang Hotel hoặc tương đương</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khách sạn dự kiến tại Shangrila: Grace Hotel hoặc tương đương</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các bữa ăn theo chương trình (mức ăn 40 NDT/bữa/người)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nước uống 1 chai/ngày/khách.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phương tiện vận chuyển phục vụ tham quan theo chương trình</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phí tham quan và vé vào cửa các nơi theo chương trình</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cáp treo nhỏ Vân Tam Bình độ cao 3200m</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hướng dẫn viên từ Việt Nam</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và hướng dẫn viên địa phương phục vụ suốt tuyến.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bảo hiểm du lịch quốc tế</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quà tặng từ công ty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="00b050" w:val="clear"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ffffff"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Ị</w:t>
-[...5 lines deleted...]
-          <w:color w:val="FFFFFF"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ffffff"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="FFFFFF"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DỊCH VỤ KHÔNG BAO GỒM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chi phí làm hộ chiếu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phụ thu phòng đơn </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.3dy6vkm" w:id="9"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chi phí làm visa tái nhập cảnh Việt Nam đối với khách Việt kiều, ngoại kiều.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hành lý quá cước trên các chuyến bay.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các chi phí cá nhân như điện thoại, Internet, giặt ủi, thức ăn nước uống trong phòng KS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các dịch vụ sản phẩm không đề cập trong chương trình. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phí xe điện</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f4e79"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bạch Thủy Hà </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và Vân Tam Bình khoảng 60 tệ</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="1f4e79"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vé cáp treo lớn lên đỉnh núi tuyết Ngọc Long độ cao 4500m</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tiền TIP cho hướng dẫn viên, lái xe, local guide </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5$/ngày/người</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thuế VAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LƯU Ý:</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="1"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu trường hợp quý khách hàng bị từ chối Visa Đoàn sẽ chuyển sang làm Visa Lẻ tại ĐSQ TQ ở Hà Nội (Nếu đủ thời gian) và chi phí phát sinh 1.500.000 VNĐ/khách. Nếu quý khách hàng từ chối làm Visa Lẻ thì sẽ chịu hủy phạt theo quy định đã thể hiện trên hợp đồng. Phụ phí visa lẻ có thể thay đổi khi trung tâm visa thông báo thay đổi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="00b050" w:val="clear"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ffffff"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Ụ</w:t>
-[...5 lines deleted...]
-          <w:color w:val="FFFFFF"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ffffff"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="FFFFFF"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRẺ EM (TÍNH THEO NGÀY SINH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Từ dưới 02 tuổi: 30% giá tour ( ngủ chung giường với người lớn ) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Từ 02 tuổi đến dưới 11 tuổi: 90% giá tour ( ngủ chung giường với người lớn ) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Từ 11 tuổi trở lên: bằng giá người lớn. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="00b050" w:val="clear"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ffffff"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Ồ</w:t>
-[...5 lines deleted...]
-          <w:color w:val="FFFFFF"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ffffff"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-        <w:t>M</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">THỦ TỤC XIN VISA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CC435D2" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...129 lines deleted...]
-        <w:t>Quá số kg quý khách thanh toán trực tiếp tại quầy checkin 35NDT hoặc 5USD / trên 1kg hành lý.</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scan hộ chiếu (bản mới nhất còn hạn 6 tháng) rõ nét trang thông tin số 2+3 đầy đủ góc cạnh, ko dính tay, hộ chiếu mới thì ko để bị bóng</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E51A869" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...72 lines deleted...]
-        <w:t>n</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> File gốc ảnh thẻ 4x6 nền trắng, áo màu (ko phải áo trắng), ko đeo kính, lộ tai, lộ trán, ko đeo trang sức</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DB685EF" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:ind w:left="567" w:hanging="217.00000000000003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...198 lines deleted...]
-        <w:t xml:space="preserve"> 3, kê extra bed)</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đối với trẻ em dưới 18 tuổi (Chưa qua SN), ngoài hộ chiếu và ảnh thì phải bổ sung thêm scan Giấy khai sinh và khi nhập cảnh phải mang theo GKS bản sao có dấu đỏ + giấy ủy quyền (Nếu không đi cùng bố mẹ) để làm thủ tục xuất nhập cảnh.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E3CE7BC" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:ind w:left="350" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...114 lines deleted...]
-        <w:t>c tương đương</w:t>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2192DCD5" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
-[...4640 lines deleted...]
-    <w:p w14:paraId="0122CB0B" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:leader="none" w:pos="810"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-          <w:b/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2ED41E51" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1A9BE18C" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974" w:rsidP="00792FEC">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="244061" w:themeFill="accent1" w:themeFillShade="80"/>
+        <w:shd w:fill="00b050" w:val="clear"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...1 lines deleted...]
-          <w:color w:val="FFFFFF"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ffffff"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="FFFFFF"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:color w:val="ffffff"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-        <w:t>LƯU Ý KHÁC</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LƯU Ý KHÁC</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="692867D9" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:leader="none" w:pos="810"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_heading=h.3znysh7" w:colFirst="0" w:colLast="0"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.3znysh7" w:id="10"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hộ chiếu quy định phải </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">là bản mới nhất, </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...549 lines deleted...]
-        <w:t xml:space="preserve"> khác....</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">còn thời hạn trên 06 tháng tính đến ngày kết thúc Tour du lịch, thông tin trong hộ chiếu phải rõ ràng &amp; chính xác (tên, ngày, tháng, năm sinh, số hộ chiếu...) và và còn ít nhất 4 trang trống để đóng dấu, không rách rời, chắp vá, tẩy xóa, có vết bẩn, nhòe thông tin hoặc các vấn đề khác....</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E24E9ED" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:leader="none" w:pos="810"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...270 lines deleted...]
-        <w:t>m tham quan.</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chương trình tham quan có thể thay đổi thứ tự lịch trình để phù hợp với tình hình giao thông, thời tiết, nhưng vẫn đảm bảo đủ điểm tham quan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="792F1571" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:leader="none" w:pos="810"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...570 lines deleted...]
-        <w:t>a đoàn.</w:t>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đây là chương trình tham quan có sự hỗ trợ của về giá theo quy định của du lịch Trung Quốc. Quý khách vui lòng không bỏ qua các điểm shopping (Ngọc, Cao su và Thuốc tại Lệ Giang) được chỉ định trong chương trình. Nếu bỏ qua các điểm shopping, quý khách vui lòng nộp phụ thu theo quy định của công ty du lịch và nộp trực tiếp cho Tour Leader của đoàn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E5682EB" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...721 lines deleted...]
-        <w:t>m.</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đối với trường hợp khách làm phẫu thuật thẩm mỹ khuôn mặt, khuyến cáo khách nên làm lại hộ chiếu. Trường hợp khách không làm lại hộ chiếu công ty sẽ không chịu trách nhiệm về vấn đề xuất nhập cảnh của khách. Mọi chi phí về hủy phạt dịch vụ khách hàng sẽ phải tự chịu trách nhiệm.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77E93661" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:leader="none" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...153 lines deleted...]
-        <w:t>m khi khách hàng không thông báo).</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không nhận khách có thai từ 05 tháng trở lên tham gia các tour nước ngoài vì lý do an toàn cho khách hàng (Khách khi đăng ký tour có trách nhiệm thông báo cho nhân viên Công ty khi có thành viên trong gia đình đang mang thai, Công ty sẽ không chịu trách nhiệm khi khách hàng không thông báo).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48D80C3E" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:leader="none" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...603 lines deleted...]
-        <w:t>.</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trường hợp Quý khách không được xuất cảnh và nhập cảnh vì lý do cá nhân (như hình ảnh, thông tin giấy tờ trong bản gốc bị mờ, không rõ ràng, passport hết hạn, không đúng quy định,…) Công ty sẽ không chịu trách nhiệm và sẽ không hoàn trả tiền tour. HDV Công ty sẽ hỗ trợ và tìm biện pháp giải quyết tốt nhất cho Quý khách, mọi chi phí phát sinh do khách hàng chi trả.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="235A7AAC" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:leader="none" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...702 lines deleted...]
-        <w:t>a các thành viên trong đoàn.</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Công ty sẽ không chịu trách nhiệm bảo đảm các điểm tham quan, bồi thường những chi phí phát sinh trong các trường hợp sau: Xảy ra thiên tai: bão lụt, hạn hán, động đất, khủng bố, biểu tình, …Sự cố về hàng không: trục trặc kỹ thuật, an ninh, dời, hủy, hoãn hoặc thay đổi giờ chuyến bay,….Thiệt hại do sự chậm trễ của các thành viên trong đoàn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6120CB49" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:leader="none" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...414 lines deleted...]
-        <w:t>c</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trường hợp khách quốc tịch nước ngoài có thị thực Việt Nam giá trị 1 lần, vui lòng đóng thêm phí làm visa tái nhập Việt Nam và mang theo visa rời + 2 tấm ảnh 4x6 phông nền trắng để làm thủ tục hải quan khi về nước</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42238F34" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...180 lines deleted...]
-        <w:t xml:space="preserve"> em vui lòng thanh toán 100% giá tour.</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Giá tính cho trẻ em ngủ chung giường với bố mẹ, nếu Quý khách có yêu cầu ngủ riêng cho trẻ em vui lòng thanh toán 100% giá tour.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69399601" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...324 lines deleted...]
-        <w:t>ng riêng.</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trong trường hợp chỉ có 1 khách (người lớn) đi với 1 trẻ em dưới 11 tuổi (không có chế độ giường riêng), Quý khách vui lòng thanh toán theo giá người lớn để bé có chế độ giường riêng.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="613C9594" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...504 lines deleted...]
-        <w:t>p.</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bảo hiểm du lịch áp dụng cho khách dưới 75 tuổi; từ 75 tuổi trở lên sẽ đóng thêm chênh lệch cho mức phí bảo hiểm cao cấp và phải có người thân khỏe mạnh dưới 60 tuổi đi cùng. Trên 80 tuổi bảo hiểm du lịch từ chối cung cấp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C433A36" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...711 lines deleted...]
-        <w:t xml:space="preserve"> phí visa cho khách.</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do tính chất là đoàn ghép khách lẻ, Công ty sẽ có trách nhiệm thu nhận khách cho đủ đoàn (từ 15 khách người lớn trở lên) thì đoàn sẽ khởi hành đúng lịch trình. Nếu số lượng đoàn dưới 15 khách, Công ty sẽ thông báo cho khách và sẽ thỏa thuận lại ngày khởi hành mới. Nếu ngày khởi hành mới không phù hợp với lịch của Quý khách, Công ty sẽ hoàn trả lại số tiền đặt cọc sau khi đã trừ phí visa cho khách.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1D1596" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.30j0zll" w:id="11"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...243 lines deleted...]
-        <w:t>i hành.</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suốt hành trình quý khách không được tự ý rời đoàn. Nếu quý khách có người nhà tại nước sở tại muốn đi theo chương trình, vui lòng liên hệ với công ty du lịch trước khi khởi hành.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78D211F3" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="009E4974">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="EE0000"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="ee0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="366091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...585 lines deleted...]
-        <w:t>.</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khách hàng cần hoàn thành nghĩa vụ nộp các loại thuế theo Pháp luật (bao gồm cả thuế Thu nhập cá nhân, Doanh nghiệp, hộ cá thể...) trước khi xuất cảnh, vì hiện tại Hải quan đã check được trên hệ thống. Công ty du lịch không chịu trách nhiệm khi Quý khách không xuất cảnh được với lí do chưa hoàn thành nghĩa vụ nộp thuế.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00025434">
-[...3 lines deleted...]
-      <w:pgMar w:top="911" w:right="708" w:bottom="426" w:left="993" w:header="170" w:footer="340" w:gutter="0"/>
+    <w:sectPr>
+      <w:headerReference r:id="rId13" w:type="default"/>
+      <w:footerReference r:id="rId14" w:type="default"/>
+      <w:pgSz w:h="16839" w:w="11907" w:orient="portrait"/>
+      <w:pgMar w:bottom="426" w:top="911" w:left="993" w:right="708" w:header="170" w:footer="340"/>
       <w:pgNumType w:start="1"/>
-      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:font w:name="Calibri"/>
+  <w:font w:name="Times New Roman"/>
+  <w:font w:name="Georgia"/>
+  <w:font w:name="Cambria"/>
+  <w:font w:name="Courier New"/>
   <w:font w:name="Noto Sans Symbols">
-    <w:charset w:val="00"/>
-[...43 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
+    <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="116AF949" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:val="nil"/>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4680"/>
-        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="78D6C211" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:val="nil"/>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4680"/>
-        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="61E0082D" w14:textId="77777777" w:rsidR="00025434" w:rsidRDefault="00025434">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:val="nil"/>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4680"/>
-        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...3 lines deleted...]
-    <w:tmpl w:val="4C305610"/>
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="✔"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="AE580934"/>
+  <w:abstractNum w:abstractNumId="2">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="✔"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="2A986494"/>
+  <w:abstractNum w:abstractNumId="3">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="✔"/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="91C01148"/>
+  <w:abstractNum w:abstractNumId="4">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="✔"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="32BA4F00"/>
+  <w:abstractNum w:abstractNumId="5">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4500" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="3B6E50CC"/>
+  <w:abstractNum w:abstractNumId="6">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:lvlText w:val="✔"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4500" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:b w:val="1"/>
+        <w:color w:val="c00000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="5706D6D2"/>
+  <w:abstractNum w:abstractNumId="7">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="✔"/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="4500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="F7A0770A"/>
+  <w:abstractNum w:abstractNumId="8">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="✔"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
-[...1 lines deleted...]
-        <w:color w:val="C00000"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="DA84B87A"/>
+  <w:abstractNum w:abstractNumId="9">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:lvlText w:val="✔"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="322650EA"/>
+  <w:abstractNum w:abstractNumId="10">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="4500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
-[...5 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="77"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:defaultTabStop w:val="720"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
-[...7 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
-  <w:rsids>
-[...18 lines deleted...]
-  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...8 lines deleted...]
-  <w15:docId w15:val="{B8CF3FA1-F654-4B9A-AF4D-88BA29CFC9A7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...379 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+    <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="0" w:before="40" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="2E75B5"/>
+      <w:color w:val="2e75b5"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
-      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
+      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b w:val="1"/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="3"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="4"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="5"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
-  </w:style>
-[...36 lines deleted...]
-    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="10"/>
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="480" w:after="120"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+    <w:tblPr>
+      <w:tblInd w:w="0.0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal0" w:customStyle="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
-[...112 lines deleted...]
-        <w:right w:w="115" w:type="dxa"/>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="0.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="0.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a0" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a1" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a2" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a5" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a7" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:rsid w:val="0017787C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
+    <w:semiHidden w:val="1"/>
     <w:rsid w:val="0017787C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a8">
-[...1418 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="emoji-sizer">
+  <w:style w:type="table" w:styleId="a8" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a9" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="aa" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ab" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ad" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ae" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af0" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af1" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af2" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af3" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af4" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af5" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af6" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af7" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af8" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af9" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afa" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afb" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afc" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afd" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afe" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="aff" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="aff0" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="aff1" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="aff2" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="aff3" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="aff4" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="aff5" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="aff6" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="aff7" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="aff8" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="aff9" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affa" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affb" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affc" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affd" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affe" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afff" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afff0" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afff1" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afff2" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afff3" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afff4" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afff5" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afff6" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afff7" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afff8" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afff9" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffa" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffb" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffc" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffd" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffe" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affff" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affff0" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affff1" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affff2" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affff3" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affff4" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affff5" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affff6" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affff7" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affff8" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affff9" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffa" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffb" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffc" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffd" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffe" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffff" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffff0" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffff1" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffff2" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffff3" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffff4" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffff5" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffff6" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffff7" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffff8" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffff9" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffa" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffb" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffc" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffd" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffe" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffff" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffff0" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffff1" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffff2" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffff3" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffff4" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffff5" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffff6" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffff7" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffff8" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffff9" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffa" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffb" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffc" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffd" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffe" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffff" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffff0" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffff1" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffff2" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffff3" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffff4" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffff5" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffff6" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffff7" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffff8" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffff9" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffa" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffb" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffc" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffd" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffe" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffff" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffff0" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffff1" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffff2" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffff3" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffff4" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffff5" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffff6" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffff7" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffff8" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="emoji-sizer" w:customStyle="1">
     <w:name w:val="emoji-sizer"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00D001C2"/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="affffffff9">
-[...292 lines deleted...]
-        <w:right w:w="115" w:type="dxa"/>
+  <w:style w:type="table" w:styleId="affffffff9" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffffa" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffffb" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffffc" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffffd" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="affffffffe" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffff" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffff0" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffff1" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffff2" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffff3" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffff4" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffff5" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffff6" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffff7" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffff8" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffff9" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afffffffffa" w:customStyle="1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="11"/>
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="360" w:after="80"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
-      <w:i/>
+      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
+      <w:i w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="affffffffff4">
-[...94 lines deleted...]
-        <w:right w:w="115" w:type="dxa"/>
+  <w:style w:type="table" w:styleId="Table1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table2">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table3">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table4">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table5">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table6">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table7">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table8">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table9">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -33418,73 +10278,49 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
-  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mg4F1TacU03FUofx036wL0xXmjEzw==">CgMxLjAyCGguZ2pkZ3hzMgloLjRkMzRvZzgyCWguMWZvYjl0ZTIJaC4xdDNoNXNmMgloLjE3ZHA4dnUyCWguMnM4ZXlvMTIIaC5sbnhiejkyCWguM3JkY3JqbjIOaC5uZjd3cTZ5Zms0NG4yCGgudHlqY3d0MgloLjNkeTZ2a20yCWguM3pueXNoNzIJaC4zMGowemxsOAByITFZY0JyS0VwTDdzdEI2NWZ1TzJMWEl3NjVWQV9ySXJqWQ==</go:docsCustomData>
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgRdAM1zoA0rtqTugEZu1AvszPFWg==">CgMxLjAyCGguZ2pkZ3hzMgloLjRkMzRvZzgyCWguMWZvYjl0ZTIJaC4xdDNoNXNmMgloLjE3ZHA4dnUyCWguMnM4ZXlvMTIIaC5sbnhiejkyCWguM3JkY3JqbjIIaC50eWpjd3QyCWguM2R5NnZrbTIJaC4zem55c2g3MgloLjMwajB6bGw4AHIhMWl6UWIzdUxfcGR1RWxVY1d5dzFkTElUY3A4RXNmU1N2</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>