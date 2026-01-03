--- v0 (2025-10-01)
+++ v1 (2026-01-03)
@@ -1,21199 +1,4428 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="39725F4F" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-        </w:rPr>
-[...31 lines deleted...]
-    <w:p w14:paraId="73BF3AE1" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CHƯƠNG TRÌNH DU LỊCH TRUNG QUỐC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="48"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D2445">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="48"/>
-[...115 lines deleted...]
-    <w:p w14:paraId="3CEB6F83" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>HÀ NỘI - CÔN MINH - SHANGRI LA – LỆ GIANG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D2445">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-        </w:rPr>
-[...42 lines deleted...]
-        <w:t>n</w:t>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>6 ngày/ 5 đêm. Bay Hàng không Ruili Airlines – Tàu cao tốc</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="10253" w:type="dxa"/>
         <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3373"/>
         <w:gridCol w:w="3554"/>
         <w:gridCol w:w="3326"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB2892" w14:paraId="3002BFDC" w14:textId="77777777">
+      <w:tr w:rsidR="003E1391">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3373" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F21C12B" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="000080"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:i/>
+                <w:iCs/>
                 <w:noProof/>
-                <w:color w:val="000080"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="5EFECFB2" wp14:editId="7072D560">
+                <wp:inline distT="0" distB="0" distL="114300" distR="114300">
                   <wp:extent cx="2058670" cy="1363980"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="1" name="image1.jpg"/>
+                  <wp:docPr id="1" name="image2.jpg"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.jpg"/>
+                          <pic:cNvPr id="0" name="image2.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2058670" cy="1363980"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CFC5A86" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="000080"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
                 <w:noProof/>
-                <w:color w:val="800000"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="0070AB6E" wp14:editId="7D6D4FA2">
+                <wp:inline distT="0" distB="0" distL="114300" distR="114300">
                   <wp:extent cx="2176780" cy="1371600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="3" name="image3.jpg"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="image3.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2176780" cy="1371600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3829A098" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="000080"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:i/>
+                <w:iCs/>
                 <w:noProof/>
-                <w:color w:val="000080"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="6594EE4A" wp14:editId="1D867C9A">
+                <wp:inline distT="0" distB="0" distL="114300" distR="114300">
                   <wp:extent cx="2028190" cy="1351915"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="2" name="image2.jpg"/>
+                  <wp:docPr id="2" name="image1.jpg"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image2.jpg"/>
+                          <pic:cNvPr id="0" name="image1.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2028190" cy="1351915"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="74873030" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:i/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Lệ Giang cổ trấn (Lijiang Old Town):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
-        </w:rPr>
-[...876 lines deleted...]
-    <w:p w14:paraId="01509668" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nằm trên độ cao 2.410 m tại cao nguyên Tây Bắc Vân Nam, được bao bọc bởi những ngọn núi tuyết phủ quanh năm, Lệ Giang là một đô thị cổ hơn 800 năm lịch sử mang những nét văn hóa truyền thống của dân tộc Nạp Tây. Những góc phố cổ kính xen kẽ hệ thống kênh đào chằng chịt là sự kết hợp hài hòa giữa kiến trúc của người Hán, Bạch và Tây Tạng đã tạo nên nét đặc sắc của riêng Lệ Giang. Đặt chân đến nơi đây, Du khách sẽ cảm nhận được sự gần gũi, hài hòa giữa con người và thiên nhiên, tìm kiếm cho mình những phút giây yên bình và sâu lắng. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:i/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Ngọc Long Tuyết Sơn (Yulong snow mountain)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
-        </w:rPr>
-[...884 lines deleted...]
-    <w:p w14:paraId="0BA6B5BA" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:iCs/>
+        </w:rPr>
+        <w:t>: Ngọc Long tuyết sơn là danh thắng nổi bật tại Lệ Giang, cách khoảng 30 km về phía bắc của thành phố. Tại đây, Du khách sẽ có trải nghiệm ấn tượng và khó quên khi đứng trước sự hùng vĩ của những khối núi đá trắng cao trên 5.000 m với hơn nửa ngọn núi có tuyết phủ trắng xóa cả đỉnh. Không chỉ ngắm cảnh núi tuyết độc đáo và kỳ vĩ, du khách đến nơi đây còn tham gia trải nghiệm nhiều hoạt động khác nhau như leo núi, trượt tuyết, cắm trại hay khám phá thảm thực vật phong phú và nhiều loại động vật quý hiếm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="-43"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:color w:val="7030A0"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Shangri-La </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
-          <w:color w:val="7030A0"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>cũng là một huyện ở tây bắc tỉnh Vân Nam nằm trên cao nguyên cao hơn 3.300 m với những hồ nước tuyệt đẹp và những ngọn đồi xanh tươi. Không chỉ thu hút du khách bởi thảm thực vật đa dạng và rực rỡ sắc màu, Shangri-La còn là vùng đất văn hóa với nhiều danh lam thắng cảnh, đền chùa, tu viện Phật giáo… Khí hậu nơi đây cực kì dễ chịu và mát mẻ giúp Du khách tận hưởng một kì nghỉ thư thái và sảng khoái nhất.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="003E1391">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
-          <w:color w:val="7030A0"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="003E1391">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
-          <w:color w:val="7030A0"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="003E1391">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
-          <w:color w:val="7030A0"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="003E1391">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
-          <w:color w:val="7030A0"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="003E1391">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
-          <w:color w:val="7030A0"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D2445" w:rsidRDefault="007D2445">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
-          <w:color w:val="7030A0"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D2445" w:rsidRDefault="007D2445">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
-          <w:color w:val="7030A0"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D2445" w:rsidRPr="007D2445" w:rsidRDefault="007D2445">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
-          <w:color w:val="7030A0"/>
-[...1642 lines deleted...]
-    <w:p w14:paraId="6EFCF6E6" w14:textId="14537CE0" w:rsidR="00DB2892" w:rsidRPr="004E0CB7" w:rsidRDefault="006C1754" w:rsidP="004E0CB7">
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000" w:rsidP="007D2445">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="244061" w:themeFill="accent1" w:themeFillShade="80"/>
-[...1 lines deleted...]
-        <w:ind w:left="-90" w:right="-133"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+        <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004E0CB7">
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_3ke32y5i5z8b" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="007D2445">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004E0CB7">
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>NGÀY 01: HÀ NỘI – CÔN MINH ( Ăn tối nhẹ )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-43"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>16h00: HDV và xe đón Quý khách tại điểm hẹn rời Hà Nội đi Sân bay Cát Bi – Hải Phòng làm thủ tục khởi hành chuyến bay DR5044 ( 21h30 – 23h55 ) đi Côn Minh ( Quý khách dùng bữa tối nhẹ trên máy bay )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đến Côn Minh, Xe đón Quý khách về khách sạn nhận phòng nghỉ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...56 lines deleted...]
-    <w:p w14:paraId="7998B95B" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Nghỉ đêm tại Côn Minh.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000" w:rsidP="007D2445">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r>
+        <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+        <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D2445">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...67 lines deleted...]
-    <w:p w14:paraId="730BD629" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+        <w:t>NGÀY 02: CÔN MINH -  LỆ GIANG ( Ăn sáng, trưa, tối )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="-90"/>
-[...50 lines deleted...]
-    <w:p w14:paraId="2823D7B6" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Ăn sáng, Quý khách rời Côn Minh đi Lệ Giang</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="-90"/>
-[...42 lines deleted...]
-    <w:p w14:paraId="02171B7E" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Ăn trưa tại nhà hàng trên đường đi. Đến Lệ Giang, Quý khách thăm quan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="360" w:right="227" w:firstLine="0"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Công Viên Hắc Long Đàm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – nơi Dòng nước từ núi băng Ngọc Long đổ về nuôi sống vùng đất Lệ Giang. Từ công viên Hắc Long có thể ngắm sự hùng vĩ của núi tuyết ngàn năm, trong khung cảnh thanh bình của nước hồ phẳng lặng..  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...643 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:color w:val="000000"/>
-[...58 lines deleted...]
-    <w:p w14:paraId="316C4C3A" w14:textId="61B62E6E" w:rsidR="00DB2892" w:rsidRPr="004E0CB7" w:rsidRDefault="006C1754" w:rsidP="004E0CB7">
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Ăn tối tại nhà hàng và nghỉ đêm tại Lệ Giang.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000" w:rsidP="007D2445">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="244061" w:themeFill="accent1" w:themeFillShade="80"/>
-[...1 lines deleted...]
-        <w:ind w:left="-90" w:right="-133"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+        <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004E0CB7">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D2445">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004E0CB7">
+        </w:rPr>
+        <w:t xml:space="preserve">NGÀY 03: LỆ GIANG – SHANGRI LA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D2445">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:sz w:val="28"/>
-[...100 lines deleted...]
-    <w:p w14:paraId="1A5D8D6C" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Ăn sáng, trưa, tối)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Ăn sáng, Quý khách thăm quan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-43" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Cửa hàng dược liệu tại Lệ Giang.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-43"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...314 lines deleted...]
-    <w:p w14:paraId="12073171" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Quý khách rời Lệ Giang đi Shangri La. Ăn trưa tại nhà hàng địa phương.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-43"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Đến Shangri La, Quý khách thăm quan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...386 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:bCs/>
           <w:i/>
-          <w:color w:val="000000"/>
-[...168 lines deleted...]
-    <w:p w14:paraId="596BD0F5" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Tu viện Songzanlinsi (Tùng Tán Lâm):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Được biết đến như phiên bản thu nhỏ của Cung điện Potala tại Lhasa, Tây Tạng. Tu viện này là tu viện Phật giáo Tây Tạng lớn nhất tại vùng Vân Nam, do vị Đạt Lai Lạt Ma đời thứ 5 xây dựng vào năm 1679, hiện là trụ xứ của hơn 700 tăng sĩ... Đến thăm tu viện Songzanlin, Quý khách sẽ phải được chiêm ngưỡng nét đẹp tinh túy của những pho tượng Phật đồ sộ, những tấm phướn rực rỡ đa dạng, trần các sảnh thờ được tô vẽ cầu kỳ cùng kỹ thuật điêu khắc tinh xảo theo văn hóa đặc trưng của người Tạng. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thành cổ Độc Khắc Tôn (DuKeZong) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>- Nơi tập trung sinh sống lâu đời của người Tạng có tuổi đời trên 1.300 năm được bảo tồn tốt nhất ở Trung Quốc. Tới nơi đây, du khách sẽ được chiêm ngưỡng hàng trăm căn nhà kiểu Tây Tạng cổ xưa được gìn giữ cẩn thận, được những người Tạng hiếu khách giới thiệu những nét văn hóa đặc trưng, nếp sống sinh hoạt thường ngày và nhiệt tình giúp đỡ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...606 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:color w:val="000000"/>
-[...1820 lines deleted...]
-    <w:p w14:paraId="6C11E420" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Ăn tối. Nghỉ đêm tại Shangri La</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000" w:rsidP="007D2445">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-      <w:r>
+        <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+        <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D2445">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1041 lines deleted...]
-    <w:p w14:paraId="0FC90A2A" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+        <w:t>NGÀY 04: LỆ GIANG – NÚI TUYẾT NGỌC LONG ( Ăn sáng, trưa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-          <w:color w:val="000000"/>
-[...46 lines deleted...]
-    <w:p w14:paraId="2E97A707" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Ăn sáng, Quý khách thăm quan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...321 lines deleted...]
-    <w:p w14:paraId="0AEF931C" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Bạch Tháp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Shangri-La Inner Harmony Stupa of Pagoda, hay còn gọi là chùa Tajongta (Tazhongta), là một trong những công trình tâm linh đặc biệt nhất tại Shangri-La. Người địa phương và hướng dẫn viên thường gọi nơi đây bằng cái tên thú vị: “Tháp trong tháp”, bởi thực chất là một bảo tháp cổ cao 33m được bao bọc bên trong một tháp lớn hơn cao 108m.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Quý khách di chuyển về Lệ Giang ăn trưa tại nhà hàng địa phương. Buổi chiều tham quan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Khu lịch Núi Tuyết Ngọc Long.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quý khách đi cáp treo nhỏ lên thăm Vân Tam Bình – độ cao 3200 m ngắm cảnh đẹp Núi tuyết Ngọc Long - ngọn núi cao 5596m tuyết phủ quanh năm. Phần băng vĩnh cửu ánh lên một màu xanh như ngọc. Lại gọi đây là núi trinh nữ vì cho đến nay con người chưa một lần chinh phục được nó. Nhiều nhà leo núi đã bỏ mạng hoặc ngậm ngùi rút lui, bất lực trước sự trinh nguyên bí ẩn của vùng núi vào loại đẹp nhất tỉnh Vân Nam này. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Lam Nguyệt Cốc (Blue Moon Valley):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Đây là nơi sở hữu khung cảnh tuyệt đẹp nằm ngay dưới chân núi Ngọc Long, được chia làm 4 hồ: Ngọc Dịch, Kính Đàm, Lam Nguyệt và Thính Đào. Cái tên Lam Nguyệt Đàm hay thung lũng trăng xanh được đặt do hồ nước nơi đây đặc trưng với màu xanh như ngọc bích, từ trên cao nhìn xuống toàn bộ thung lũng giống như hình trăng khuyết. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Thành cổ Lệ Giang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Thành cổ được xây dựng vào cuối đời Tống cách đây hơn 800 năm, nằm trên cao nguyên Vân Quý, ở độ cao 2.400m so với mặt nước biển, nhà cửa nơi đây có kiến trúc độc đáo pha trộn giữa các Hán, Bạch, Tạng kết hợp với phong cách truyền thống của người Nạp Tây bản địa. Không chỉ vậy, Lệ Giang còn là trung tâm thương mại sầm uất của con đường huyền thoại Trà Mã Cổ Đạo, nơi các lái buôn thực hiện việc trao đổi ngựa Tây Tạng lấy Trà Trung Hoa. Thành cổ này được UNESCO công nhận là Di sản văn hoá thế giới vào năm 1997.Một di sản văn hóa thế giới với phong cảnh đẹp đẽ xứ nước, được mệnh danh là "Venice của Phương Đông", nơi đây nhà nhà đều có suối chảy qua, những cây liễu buông xuống các bậc cửa và những cây cầu nhỏ xinh xắn. Thăm cửa hàng tảo xoắn xanh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bữa tối Quý khách có thể tự do Dạo Phố Tứ Phương ở trung tâm thành cổ vả trải nghiệm ẩm thực truyền thống Lệ Giang (chi phí tự túc). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Quý khách có thể tham gia vào chương trình “ Lệ Giang Thiên cổ tình ” do đạo diễn lừng danh Trương Nghệ Mưu dàn dựng. (Chi phí tự túc).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Nghỉ đêm tại Lệ Giang.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000" w:rsidP="007D2445">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+        <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D2445">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...797 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NGÀY 05: LỆ GIANG – CÔN MINH </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D2445">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Ăn sáng, trưa, tối)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Ăn sáng, di chuyển tham quan cửa hàng cao su tại Lệ Giang.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Quý khách di chuyển về Côn Minh bằng trải nghiệm tàu cao tốc tốc độ cao.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đến Côn Minh, Quý khách tham quan: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Quan Độ cổ trấn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> - nơi đây gìn giữ những tòa nhà cổ kính mang ý nghĩa văn hóa và lịch sử lâu đời của thành phố. Và đây cũng là khu phố ẩm thực nổi tiếng hàng đầu tại Côn Minh.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>vào năm 1997.M</w:t>
-[...404 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Ăn tối tại nhà hàng và nghỉ đêm tại Côn Minh</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000" w:rsidP="007D2445">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+        <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D2445">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+        <w:t>NGÀY 06 :  CÔN MINH – HÀ NỘI (Ăn sáng, trưa, tối)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ăn sáng.  Quý khách tham quan: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Cửa hàng trang sức đá quý</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Công viên 1903</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> – công viên được lấy cảm hứng từ các khu phố cổ Côn Minh đầu thế kỷ 20, với phong cách kiến trúc pha trộn giữa nét cổ điển và hiện đại. Tên gọi “1903” được chọn để gợi nhớ đến thời điểm tuyến đường sắt Côn Minh – Hải Phòng (Yunnan–Vietnam Railway) bắt đầu xây dựng, đánh dấu một thời kỳ phát triển kinh tế và giao thương mạnh mẽ cho Côn Minh. Đây cũng là lý do mà công viên mang đến cảm giác như một “bảo tàng sống”, nơi lưu giữ những hình ảnh, ký ức về một thời kỳ phát triển.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_b1rh7l7a7zu6" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ăn trưa tại nhà hàng. Chiều Quý khách tham quan: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đập Hải Canh (Haigeng Park) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>là một công viên nằm ở bờ hồ Điền Trì, ngoại ô phía nam thành phố Côn Minh, tỉnh Vân Nam, Trung Quốc. Công viên này nổi tiếng với phong cảnh hồ nước tuyệt đẹp, đặc biệt thu hút du khách vào mùa đông khi hàng ngàn con hải âu mỏ đỏ di cư đến đây, tạo nên một cảnh tượng độc đáo để ngắm cảnh và chụp ảnh. Tặng miễn phí trải nghiệm cổ phục chụp ảnh.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Ăn tối theo suất ăn đóng gói. Đoàn ra sân bay làm thủ tục chuyến bay DR5043 (20h00 – 20h30) rời Côn Minh về sân bay Cát Bi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="003E1391">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_7itxohblp47t" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t>T</w:t>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>XE ĐÓN ĐOÀN VỀ HÀ NỘI. CHUYẾN ĐI KẾT THÚC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>CHI PHÍ CHO 01 QUÝ KHÁCH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...103 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:color w:val="000000"/>
-[...133 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>(Chi phí t</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> túc).</w:t>
+        <w:t>( Áp dụng cho đoàn ghép khách lẻ từ 25 người trở lên )</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-[...1525 lines deleted...]
-        <w:tblW w:w="10060" w:type="dxa"/>
+        <w:tblStyle w:val="a0"/>
+        <w:tblW w:w="10035" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2970"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2770"/>
+        <w:gridCol w:w="5160"/>
+        <w:gridCol w:w="2595"/>
+        <w:gridCol w:w="2280"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB2892" w14:paraId="3234B86B" w14:textId="77777777" w:rsidTr="00302475">
+      <w:tr w:rsidR="003E1391" w:rsidTr="007D2445">
         <w:trPr>
-          <w:trHeight w:val="591"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="244061" w:themeFill="accent1" w:themeFillShade="80"/>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00DBC732" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRPr="00302475" w:rsidRDefault="006C1754" w:rsidP="00302475">
+          <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="-102"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00302475">
+            <w:r w:rsidRPr="007D2445">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>NGÀY KH</w:t>
-[...19 lines deleted...]
-              <w:t>I HÀNH</w:t>
+              <w:t>NGÀY KHỞI HÀNH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3187" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="244061" w:themeFill="accent1" w:themeFillShade="80"/>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A756AE3" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRPr="00302475" w:rsidRDefault="006C1754" w:rsidP="00302475">
+          <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="-102"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00302475">
+            <w:r w:rsidRPr="007D2445">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>GIÁ NGƯ</w:t>
-[...39 lines deleted...]
-              <w:t>N</w:t>
+              <w:t>GIÁ NGƯỜI LỚN</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55922FE6" w14:textId="66D3EB91" w:rsidR="00DB2892" w:rsidRPr="00302475" w:rsidRDefault="006C1754" w:rsidP="00302475">
+          <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="-102"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00302475">
+            <w:r w:rsidRPr="007D2445">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>T</w:t>
-[...59 lines deleted...]
-              <w:t xml:space="preserve"> lên</w:t>
+              <w:t>Từ 11 tuổi trở lên</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="244061" w:themeFill="accent1" w:themeFillShade="80"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6444810D" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRPr="00302475" w:rsidRDefault="006C1754" w:rsidP="00302475">
+          <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="-102"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00302475">
+            <w:r w:rsidRPr="007D2445">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>GIÁ TR</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> EM</w:t>
+              <w:t>GIÁ TRẺ EM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3317C6DC" w14:textId="6B010160" w:rsidR="00DB2892" w:rsidRPr="00302475" w:rsidRDefault="006C1754" w:rsidP="00302475">
+          <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="-102"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00302475">
+            <w:r w:rsidRPr="007D2445">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>T</w:t>
-[...39 lines deleted...]
-              <w:t>i</w:t>
+              <w:t>Từ 2 - 10 tuổi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E0CB7" w14:paraId="6ED9DFBC" w14:textId="77777777" w:rsidTr="00302475">
+      <w:tr w:rsidR="003E1391">
         <w:trPr>
-          <w:trHeight w:val="816"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5160" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B93BA30" w14:textId="5D0F258D" w:rsidR="004E0CB7" w:rsidRDefault="004E0CB7" w:rsidP="004E0CB7">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-              <w:ind w:left="-102"/>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Tháng 12: 11, 13, 18, 20, 25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>12.990.000 đ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2280" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>90% người lớn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E1391">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tết Dương Lịch: 27/12/25 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>Tháng 09: 19, 24, 26</w:t>
+              <w:t>14.990.000 đ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3187" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D5A8AB1" w14:textId="292082FE" w:rsidR="004E0CB7" w:rsidRDefault="004E0CB7" w:rsidP="004E0CB7">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-              <w:ind w:left="-102"/>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="002060"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>12.990.000 đ</w:t>
+              <w:t>90% người lớn</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E1391">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5160" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75879E89" w14:textId="5F4E0BE9" w:rsidR="004E0CB7" w:rsidRDefault="004E0CB7" w:rsidP="004E0CB7">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="002060"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Tháng 1: 1, 8, 15, 22, 29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>12.490.000 đ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2280" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>90% người lớn</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E0CB7" w14:paraId="68D1A7F7" w14:textId="77777777" w:rsidTr="00302475">
+      <w:tr w:rsidR="003E1391">
         <w:trPr>
-          <w:trHeight w:val="816"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5160" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="376913C7" w14:textId="502BC7FB" w:rsidR="004E0CB7" w:rsidRDefault="004E0CB7" w:rsidP="004E0CB7">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="000000"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>Tháng 10: 6, 13, 20, 28</w:t>
+              <w:t>Tháng 2: 5, 12, 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55288319" w14:textId="3AA3B5F6" w:rsidR="004E0CB7" w:rsidRDefault="004E0CB7" w:rsidP="004E0CB7">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-              <w:ind w:left="-102"/>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="000000"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>12.990.000 đ</w:t>
+              <w:t>12.490.000 đ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3A2CB4" w14:textId="358866AD" w:rsidR="004E0CB7" w:rsidRDefault="004E0CB7" w:rsidP="004E0CB7">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-              <w:ind w:left="-102" w:right="-138"/>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="000000"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>90% người lớn</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E0CB7" w14:paraId="19A66584" w14:textId="77777777" w:rsidTr="00302475">
+      <w:tr w:rsidR="003E1391">
         <w:trPr>
-          <w:trHeight w:val="816"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5160" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E259FDF" w14:textId="4CD7B930" w:rsidR="004E0CB7" w:rsidRDefault="004E0CB7" w:rsidP="004E0CB7">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="000000"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>Tháng 11: 4, 11, 18, 25</w:t>
+              <w:t>Tết Âm Lịch : 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1473127E" w14:textId="0AE84513" w:rsidR="004E0CB7" w:rsidRDefault="004E0CB7" w:rsidP="004E0CB7">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-              <w:ind w:left="-102"/>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="000000"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>12.990.000 đ</w:t>
+              <w:t>14.990.000 đ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D993581" w14:textId="0BAEAD31" w:rsidR="004E0CB7" w:rsidRDefault="004E0CB7" w:rsidP="004E0CB7">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-              <w:ind w:left="-102" w:right="-138"/>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="000000"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>90% người lớn</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E0CB7" w14:paraId="33348278" w14:textId="77777777" w:rsidTr="00302475">
+      <w:tr w:rsidR="003E1391">
         <w:trPr>
-          <w:trHeight w:val="816"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5160" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F912FA7" w14:textId="4736E89F" w:rsidR="004E0CB7" w:rsidRDefault="004E0CB7" w:rsidP="004E0CB7">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="000000"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>Tháng 12: 2, 9, 16, 23</w:t>
+              <w:t>Tháng 3: 5, 12, 19, 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FDDE413" w14:textId="208701F7" w:rsidR="004E0CB7" w:rsidRDefault="004E0CB7" w:rsidP="004E0CB7">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-              <w:ind w:left="-102"/>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="000000"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>12.990.000 đ</w:t>
+              <w:t>13.990.990 đ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E836E8B" w14:textId="76633146" w:rsidR="004E0CB7" w:rsidRDefault="004E0CB7" w:rsidP="004E0CB7">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-              <w:ind w:left="-102" w:right="-138"/>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="000000"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>90% người lớn</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E0CB7" w14:paraId="2E30DBAA" w14:textId="77777777" w:rsidTr="00302475">
+      <w:tr w:rsidR="003E1391">
         <w:trPr>
-          <w:trHeight w:val="816"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="10035" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="007E0360" w14:textId="566654BF" w:rsidR="004E0CB7" w:rsidRDefault="004E0CB7" w:rsidP="004E0CB7">
+          <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-              <w:ind w:left="-102"/>
+              <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>Tết Dương Lịch: 30/12/2025</w:t>
-[...56 lines deleted...]
-              <w:t>90% người lớn</w:t>
+              <w:t>Phụ thu phòng đơn: 3.000.000 đ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E0CB7" w14:paraId="117080B8" w14:textId="77777777" w:rsidTr="00302475">
-[...83 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2406DB60" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="00DB2892">
+    <w:p w:rsidR="003E1391" w:rsidRDefault="003E1391">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000" w:rsidP="007D2445">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-          <w:color w:val="ED7D31"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+        <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="361AC51F" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRPr="00302475" w:rsidRDefault="006C1754" w:rsidP="00302475">
+      <w:r w:rsidRPr="007D2445">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>GIÁ BAO GỒM:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-43"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Vé máy bay Hải Phòng – Côn Minh – Hải Phòng Hàng không Ruili Airlines bao gồm 20kg hành lý ký gửi và 07kg hành lý xách tay</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-43"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vé tàu cao tốc chặng Lệ Giang – Côn Minh </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-43"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Khách sạn trung tâm tiêu chuẩn 4* tiêu chuẩn Trung Quốc (2 người/phòng đôi).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-43"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Visa nhập cảnh Trung Quốc (visa đoàn)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-43"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Ngày ăn 3 bữa theo chương trình.( mức ăn 40 NDT/người/ bữa chính)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-43"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Xe đưa đón điều hoà theo lịch trình.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-43"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Chi phí thăm quan cửa thứ nhất</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-43"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Vé cáp treo Vân Tam Bình trong khu Núi Tuyết Ngọc Long</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-43"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Hướng dẫn tiếng Việt nhiệt tình, giàu kinh nghiệm đi suốt tuyến.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-43"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Bảo hiểm mức bồi thường 10.000 USD. Quý khách 75 tuổi trở lên không tham gia bảo hiểm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-43"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Mỗi người một ngày một chai nước trên xe ngày đoàn đi thăm quan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000" w:rsidP="007D2445">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="244061" w:themeFill="accent1" w:themeFillShade="80"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+        <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00302475">
+      <w:r w:rsidRPr="007D2445">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>GIÁ TOUR BAO G</w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="3C090889" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+        <w:t>KHÔNG BAO GỒM:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-43"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...66 lines deleted...]
-    <w:p w14:paraId="4199342E" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chi tiêu cá nhân, phí hộ chiếu, đồ uống, chi phí điện thoại, giặt là trong khách sạn, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-43"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...52 lines deleted...]
-    <w:p w14:paraId="2D739C55" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vé tham quan các điểm không đề cập trong chương trình, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-43"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...80 lines deleted...]
-    <w:p w14:paraId="474137A1" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Vé xe điện trong các khu thăm quan ( Nếu Quý khách sử dụng )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-43"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...59 lines deleted...]
-    <w:p w14:paraId="2BFFF1A8" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Vé xem Show trình diễn “Lệ Giang Thiên Cổ Tình “</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-43"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...66 lines deleted...]
-    <w:p w14:paraId="14E68F87" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Không gồm vé lên đỉnh núi tuyết 4.600m</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
-[...598 lines deleted...]
-          <w:numId w:val="10"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-43"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...385 lines deleted...]
-    <w:p w14:paraId="4016FA2E" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="00DB2892">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Tip cho lái xe và Hướng dẫn viên là: 5 USD/khách/ngày ( 30 USD/khách/ chuyến đi)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000" w:rsidP="007D2445">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
         <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="007D2445">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...56 lines deleted...]
-    <w:p w14:paraId="2AEDE7A0" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+        <w:t>THỦ TỤC XIN VISA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...374 lines deleted...]
-    <w:p w14:paraId="03DBABA3" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Hộ chiếu mới nhất còn hạn &gt;6 tháng (không dùng hộ chiếu cũ kể cả hộ chiếu còn hạn sử dụng vì khi làm hộ chiếu mới thì hộ chiếu cũ đã được hủy trên hệ thống nên không có giá trị xuất cảnh)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...52 lines deleted...]
-    <w:p w14:paraId="1D543CC5" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Scan trang 2+3 của hộ chiếu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...108 lines deleted...]
-    <w:p w14:paraId="43AC2004" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>File ảnh 4x6 nền trắng, không mặc áo trắng, chụp lộ trán, tai, không đeo kính.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...220 lines deleted...]
-    <w:p w14:paraId="3D551A1C" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đối với trẻ em dưới 18 tuổi bổ sung thêm giấy khai sinh (bản phô tô, scan) khi đăng ký. Khi đi mang theo bản gốc để làm thủ tục nhập cảnh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...115 lines deleted...]
-    <w:p w14:paraId="04D78A27" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="00DB2892">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Thủ tục đoàn hoàn thiện trước 15 ngày làm việc (để làm visa và xuất vé máy bay)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000" w:rsidP="007D2445">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
-[...16 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="244061" w:themeFill="accent1" w:themeFillShade="80"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
         <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D2445">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>GHI CHÚ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16DAB685" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
-[...630 lines deleted...]
-          <w:numId w:val="13"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="46A6C8E6" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quý khách phải có hộ chiếu còn hạn tối thiểu 6 tháng (181 ngày) tính tới thời điểm kết thúc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="00000000" w:rsidP="007D2445">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lưu ý về phẫu thuật thẩm mỹ (PTTM): Khách hàng đã từng PTTM (cắt mi, nâng mũi,gọt hàm, săm mày, ….) có thể bị an ninh tại các nước từ chối xuất cảnh/nhập cảnh. CTDL không chiu các chi phí phát sinh cxung như hòan tiền các dịch vụ khi TH này xảy ra</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRPr="007D2445" w:rsidRDefault="007D2445" w:rsidP="007D2445">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D2445">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>LƯU Ý TRẺ EM:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Trẻ em dưới 18 tuổi đi cùng bố mẹ: Mang theo giấy khai sinh bản gốc hoặc bản sao công chứng</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Trẻ em dưới 18 tuổi không đi cùng bố mẹ: Bổ sung giấy ủy quyền đồng ý cho con đi du lịch cùng người được ủy quyền (Ghi rõ thông tin người được ủy quyền)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Thứ tự các điểm thăm quan có thể bị thay đổi để phù hợp với tình hình thực tế nhưng vẫn đảm bảo đủ điểm thăm quan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...164 lines deleted...]
-    <w:p w14:paraId="0775F9D9" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Từ chối bảo hiểm cho khách từ 70 tuổi trở lên theo quy định của các công ty bảo hiểm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...122 lines deleted...]
-    <w:p w14:paraId="53FEA896" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Quý khách là Việt Kiều hay người nước ngoài sử dụng visa rời phải mang theo visa khi đi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...283 lines deleted...]
-    <w:p w14:paraId="6B966984" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Quý khách mang 02 Quốc tịch hoặc Travel document (chưa nhập Quốc tịch) vui lòng thông báo với nhân viên bán và nộp bản gốc các giấy tờ có liên quan khi tham gia. Quý khách mang thẻ xanh và không còn hộ chiếu Việt Nam còn hiệu lực thì không đăng ký được.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="045AE3CB" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Chi phí có thể thay đổi nếu tỷ giá ngoại tệ tăng giảm đột biến (Giá vé máy bay, thuế liên quan, tỷ giá bán ra của ngân hàng Vietcombank tại thời điểm khởi hành)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...864 lines deleted...]
-    <w:p w14:paraId="2DE19985" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Giá áp dụng cho khách hàng từ 12 tuổi đến 69 tuổi, từ 70 tuổi trở lên sẽ đóng thêm chênh lệch cho mức phí bảo hiểm cao cấp, từ 75 tuổi trở lên yêu cầu phải có giấy chứng nhận đầy đủ sức khỏe để đi du lịch nước ngoài của cơ quan y tế có thẩm quyền cấp và phải có người thân khỏe mạnh dưới 60 tuổi đi cùng. Gia đình và quý khách phải cam kết đảm bảo tình trạng sức khỏe với Công ty chúng tôi trước khi tham gia. Nếu có bất cứ sự cố nào xảy ra trên, Công ty sẽ không chịu trách nhiệm dưới mọi tình huống.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="42CB54B0" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Để đảm bảo giá, Khách hàng phải cam kết đi đúng hành trình. Nếu Quý khách tách đoàn ngày nào sẽ tính phí tách đoàn là 100$* số ngày tách*số người tách.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...206 lines deleted...]
-    <w:p w14:paraId="0D7CC7D2" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Chương trình có áp dụng vào 3 điểm mua sắm bắt buộc, Quý khách vui lòng theo hành trình, trường hợp Quý khách không vào điểm mua sắm sẽ bị phụ thu 30 USD/ người/ điểm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="070A7BA4" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Giờ bay và hãng hàng không có thay đổi cho phù hợp với chương trình và tình trạng vé máy bay. CTDL sẽ thông báo và gửi lịch bay chính xác cho đoàn trước ngày khởi hành ít nhất 4 ngày.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...452 lines deleted...]
-    <w:p w14:paraId="3835E678" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>CTDL sẽ không hoàn lại chi phí cho bất cứ dịch vụ gì tại nước ngoài khách không sử dụng và không chịu trách nhiệm về lý do nhân thân của khách khi khách bị cục xuất nhập cảnh Việt Nam hoặc Nước Sở Tại từ chối cho xuất nhập cảnh. Do tính chất đoàn là khách gom lẻ nên CTDL có trách nhiệm gom khách đủ đoàn 16 người trở lên sẽ khởi hành theo đúng lịch trình, có trưởng đoàn đi cùng từ Việt Nam. Nếu đoàn từ 10 – 14 người, CTDL sẽ cử HDV ra làm thủ tục cho đoàn tại sân bay. HDV điểm sẽ đón đoàn tại sân bay địa phương và theo quý khách suốt hành trình. Nếu đoàn dưới 10 người, CTDL có trách nhiệm thông báo cho quý khách trước ngày khởi hành 05 ngày và thỏa thuận với quý khách về ngày khởi hành mới hoặc hoàn lại cho quý khách số tiền đã đặt cọc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>CTDL có quyền gom khách từ nhiều công ty khác nhau để đủ đoàn và khởi hành theo đúng thỏa thuận.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D763A9" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+    <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
-[...514 lines deleted...]
-    <w:p w14:paraId="10170A9D" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="00DB2892">
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_byw2hxai3im3" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Trong những trường hợp khách quan như: khủng bố, thiên tai…hoặc do có sự cố, có sự thay đổi lịch trình của các phương tiện vận chuyển công cộng như: máy bay, tàu hỏa…thì Công ty sẽ giữ quyền thay đổi lộ trình bất cứ lúc nào vì sự thuận tiện, a toàn cho khách hàng và sẽ không chịu trách nhiệm bồi thường những thiệt hại phát sinh**.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E1391" w:rsidRDefault="003E1391">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-          <w:color w:val="000080"/>
-[...5 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003E1391">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11909" w:h="16834"/>
-      <w:pgMar w:top="720" w:right="864" w:bottom="432" w:left="1008" w:header="288" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="864" w:bottom="432" w:left="1008" w:header="283" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="265803DA" w14:textId="77777777" w:rsidR="006C1754" w:rsidRDefault="006C1754">
+    <w:p w:rsidR="00F52814" w:rsidRDefault="00F52814">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0EA11734" w14:textId="77777777" w:rsidR="006C1754" w:rsidRDefault="006C1754">
+    <w:p w:rsidR="00F52814" w:rsidRDefault="00F52814">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-    <w:panose1 w:val="02040503050406030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:font w:name="Noto Sans Symbols">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{26D78BF0-51F0-8B4B-A1A3-CEEF20C72FAD}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...4 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{C313BBBA-B992-6B41-BF89-D7AC52EF49D9}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0007EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{16E3AE82-B1B5-3D40-86F7-43D1E61D5729}"/>
+    <w:embedBold r:id="rId4" w:fontKey="{FF71EBEB-9F05-FE47-8B1C-56A652837F04}"/>
   </w:font>
   <w:font w:name="VNI-Avo">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedItalic r:id="rId6" w:fontKey="{F0E1AC34-93B9-A947-8F6D-013A9D993986}"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{ED00C0F2-2C52-4147-AB50-59D631A9B0A7}"/>
+    <w:embedBold r:id="rId8" w:fontKey="{CBB78964-FB7F-F84C-AA23-B72A574D4EC7}"/>
+    <w:embedItalic r:id="rId9" w:fontKey="{A5B4908E-1EDC-8A4F-99DE-252D2E98CB2C}"/>
+    <w:embedBoldItalic r:id="rId10" w:fontKey="{B3C8B8D9-60C0-5A46-80B4-025403C2AC53}"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId11" w:fontKey="{42E5C828-4B9F-414F-AF8E-40255B3E689E}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="667797CE" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w:rsidR="003E1391" w:rsidRDefault="003E1391">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:ind w:left="-960" w:right="-1022"/>
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                            </w:t>
+      <w:t xml:space="preserve">                                                                                                                                       </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="22F58605" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+  <w:p w:rsidR="003E1391" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:ind w:left="-960" w:right="-1022"/>
       <w:rPr>
         <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                                                                           </w:t>
+      <w:t xml:space="preserve">          </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="40232A35" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="006C1754">
+  <w:p w:rsidR="003E1391" w:rsidRDefault="003E1391">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:ind w:left="-960" w:right="-1022"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...4 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="20171C88" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="00DB2892">
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w:rsidR="003E1391" w:rsidRDefault="003E1391">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
-      <w:ind w:left="-960" w:right="-1022"/>
       <w:rPr>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36C0092F" w14:textId="77777777" w:rsidR="006C1754" w:rsidRDefault="006C1754">
+    <w:p w:rsidR="00F52814" w:rsidRDefault="00F52814">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F408C98" w14:textId="77777777" w:rsidR="006C1754" w:rsidRDefault="006C1754">
+    <w:p w:rsidR="00F52814" w:rsidRDefault="00F52814">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="72248FD3" w14:textId="77777777" w:rsidR="00DB2892" w:rsidRDefault="00DB2892">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w:rsidR="003E1391" w:rsidRDefault="003E1391">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w:rsidR="003E1391" w:rsidRDefault="003E1391">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:ind w:left="-960" w:right="-427"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w:rsidR="003E1391" w:rsidRDefault="003E1391">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="04090A2D"/>
+    <w:nsid w:val="04AC6AF2"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="36329DD8"/>
+    <w:tmpl w:val="045C81F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="±"/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:lvlText w:val="⮚"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1368" w:hanging="359"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2088" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2808" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3528" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4248" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4968" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5688" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6408" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="09B47164"/>
+    <w:nsid w:val="15FF0EC8"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="ABF0B9F2"/>
+    <w:tmpl w:val="808026FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="±"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:ind w:left="785" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1505" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2225" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2945" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3665" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4385" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5105" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5825" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6545" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1CA633E8"/>
+    <w:nsid w:val="20772F3D"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="22C68334"/>
+    <w:tmpl w:val="C8D06BF4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="±"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="23176F17"/>
+    <w:nsid w:val="219B6363"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="35208956"/>
+    <w:tmpl w:val="47C84122"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="±"/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:lvlText w:val="⮚"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1512" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2232" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2952" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3672" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4392" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5112" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5832" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6552" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="251E36AE"/>
+    <w:nsid w:val="2AAE12CE"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D3FAA13C"/>
+    <w:tmpl w:val="22268852"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="±"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="792" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1512" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2232" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2952" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3672" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4392" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5112" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5832" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6552" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="55EA36C8"/>
+    <w:nsid w:val="41163C91"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="917A591E"/>
+    <w:tmpl w:val="905A579E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="±"/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:lvlText w:val="⮚"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="62745623"/>
+    <w:nsid w:val="4E1A0A17"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A5F40ED6"/>
+    <w:tmpl w:val="74E4AC0A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="±"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:ind w:left="785" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1865" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2585" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="3305" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="4025" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4745" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5465" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="6185" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6905" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="68195202"/>
+    <w:nsid w:val="6BAC7E6B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="CD966746"/>
+    <w:tmpl w:val="3FBED2C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="±"/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:lvlText w:val="⮚"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2345" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1512" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2232" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2952" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3672" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4392" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5112" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5832" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6552" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="73AF61D3"/>
+    <w:nsid w:val="6D536AED"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="720CC414"/>
+    <w:tmpl w:val="96A6C9BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="±"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -21258,645 +4487,140 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...487 lines deleted...]
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="382947272">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="439616208">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1811095584">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="861939281">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2042902110">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="54474191">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1232159330">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1010110319">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
-[...14 lines deleted...]
-  <w:num w:numId="7">
+  <w:num w:numId="9" w16cid:durableId="665942014">
     <w:abstractNumId w:val="4"/>
-  </w:num>
-[...16 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="77"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:zoom w:percent="212"/>
+  <w:embedTrueTypeFonts/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DB2892"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DB2892"/>
+    <w:rsidRoot w:val="003E1391"/>
+    <w:rsid w:val="003E1391"/>
+    <w:rsid w:val="007D2445"/>
+    <w:rsid w:val="00C76737"/>
+    <w:rsid w:val="00F52814"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-VN" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...4 lines deleted...]
-  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5DD7F54E"/>
-  <w15:docId w15:val="{8452587B-D105-43C2-9FC2-D6F65C2C6DDB}"/>
+  <w14:docId w14:val="04125FAA"/>
+  <w15:docId w15:val="{A3175B14-3E5A-A64E-B934-EA6FF8A90BBE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -22253,146 +4977,152 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="VNI-Avo" w:eastAsia="VNI-Avo" w:hAnsi="VNI-Avo" w:cs="VNI-Avo"/>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="220" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
@@ -22404,215 +5134,114 @@
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
+      <w:iCs/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a0">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
-[...105 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -22893,67 +5522,52 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2115</Words>
-  <Characters>12060</Characters>
+  <Words>2015</Words>
+  <Characters>11487</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>100</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14147</CharactersWithSpaces>
+  <CharactersWithSpaces>13476</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>