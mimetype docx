--- v0 (2025-10-01)
+++ v1 (2026-01-03)
@@ -1,6950 +1,11396 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="image/jpeg" Extension="jpg"/>
-[...11 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
-[...1 lines deleted...]
-        <w:spacing w:after="280" w:lineRule="auto"/>
+    <w:p w14:paraId="58440CB4" w14:textId="77777777" w:rsidR="00F40BEE" w:rsidRPr="00F40BEE" w:rsidRDefault="00F40BEE" w:rsidP="00F40BEE">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F40BEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
-          <w:rtl w:val="0"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">HÀNH TRÌNH KHÁM PHÁ TRÙNG KHÁNH</w:t>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>HÀNH TRÌNH KHÁM PHÁ TRÙNG KHÁNH</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
-[...1 lines deleted...]
-        <w:spacing w:after="280" w:lineRule="auto"/>
+    <w:p w14:paraId="45A836DF" w14:textId="77777777" w:rsidR="00F40BEE" w:rsidRDefault="00F40BEE" w:rsidP="00F40BEE">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F40BEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-          <w:rtl w:val="0"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">TRÁI TIM TÂY NAM TRUNG HOA </w:t>
+        </w:rPr>
+        <w:t>TRÁI TIM TÂY NAM TRUNG HOA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F40BEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
-[...1 lines deleted...]
-        <w:spacing w:after="280" w:lineRule="auto"/>
+    <w:p w14:paraId="7618598B" w14:textId="04A20492" w:rsidR="005B27F8" w:rsidRPr="005B27F8" w:rsidRDefault="005B27F8" w:rsidP="00F40BEE">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B27F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:highlight w:val="yellow"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-        </w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>TOUR NO SHOPPING</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+    <w:p w14:paraId="37563D9F" w14:textId="0E96E87E" w:rsidR="0089463D" w:rsidRPr="00671A59" w:rsidRDefault="0089463D" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Thời gian: 5 ngày 4 đêm</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00671A59">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Thời gian: 5 ngày 4 đêm</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+    <w:p w14:paraId="7E2C9632" w14:textId="5AF3B12D" w:rsidR="00273FCE" w:rsidRPr="00671A59" w:rsidRDefault="0089463D" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Phương tiện: Bay thẳng  China West Air </w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00671A59">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phương tiện: Bay thẳng </w:t>
+      </w:r>
+      <w:r w:rsidR="00071D7A" w:rsidRPr="00671A59">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA71FC" w:rsidRPr="00671A59">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>China West Air </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+    <w:p w14:paraId="369162D4" w14:textId="654C4D8F" w:rsidR="003E4626" w:rsidRPr="00F40BEE" w:rsidRDefault="0089463D" w:rsidP="00F40BEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-          <w:color w:val="17365d"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00671A59">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>Khởi hành:</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6344" w:rsidRPr="00671A59">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F40BEE" w:rsidRPr="00671A59">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tháng </w:t>
+      </w:r>
+      <w:r w:rsidR="002230BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>11-12</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+    <w:p w14:paraId="7F974145" w14:textId="2AB47999" w:rsidR="00E54539" w:rsidRPr="00E54539" w:rsidRDefault="00AE5677" w:rsidP="00AE5677">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-284" w:firstLine="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...5 lines deleted...]
-        <w:rPr/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distB="0" distT="0" distL="0" distR="0">
-[...3 lines deleted...]
-            <a:graphic>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D031C06" wp14:editId="0E695083">
+            <wp:extent cx="5887085" cy="3038621"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="1574416177" name="Picture 1" descr="Kinh nghiệm du lịch Trùng Khánh Trung Quốc tự túc hữu ích"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="Kinh nghiệm du lịch Trùng Khánh Trung Quốc tự túc hữu ích" id="0" name="image5.jpg"/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="Kinh nghiệm du lịch Trùng Khánh Trung Quốc tự túc hữu ích"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
-                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5939718" cy="3065787"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect"/>
-                    <a:ln/>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+    <w:p w14:paraId="5B22DEB6" w14:textId="7EC586DE" w:rsidR="005E4D26" w:rsidRPr="0078137C" w:rsidRDefault="00F40BEE" w:rsidP="00E54539">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-284" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...2 lines deleted...]
-          <w:color w:val="244061"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Ẩn mình giữa lòng Tây Nam Trung Quốc, nơi hợp lưu của hai dòng sông hùng vĩ Trường Giang và Gia Lăng, </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...12 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Trùng Khánh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> không chỉ là một đô thị hiện đại phát triển vượt bậc, mà còn là một </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...21 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>bức tranh sống động của thiên nhiên kỳ vĩ, lịch sử lâu đời và văn hóa dân gian đặc sắc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành trình 5 ngày 4 đêm này sẽ đưa quý khách</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Cambria"/>
           <w:b w:val="0"/>
-          <w:i w:val="1"/>
-[...9 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>băng qua những cây cầu treo giữa mây trời</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Cambria"/>
           <w:b w:val="0"/>
-          <w:i w:val="1"/>
-[...9 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đắm mình trong hương thơm lẩu cay nồng nổi tiếng khắp thế giới</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Cambria"/>
           <w:b w:val="0"/>
-          <w:i w:val="1"/>
-[...17 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>chiêm ngưỡng tàu điện lướt qua tòa nhà như phim khoa học viễn tưởng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>, và</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Cambria"/>
           <w:b w:val="0"/>
-          <w:i w:val="1"/>
-[...9 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>tản bộ trong những con phố cổ nhuốm màu thời gian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Cambria"/>
           <w:b w:val="0"/>
-          <w:i w:val="1"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Trùng Khánh đang chờ bạn – một vùng đất vừa lạ vừa thân, vừa sôi động vừa trầm mặc – nơi mỗi khoảnh khắc đều đáng giá một đời trải nghiệm.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+    <w:p w14:paraId="7382AA93" w14:textId="77777777" w:rsidR="00024B1E" w:rsidRPr="00E54539" w:rsidRDefault="00024B1E" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="222222"/>
-          <w:highlight w:val="white"/>
-[...6 lines deleted...]
-      </w:r>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+    <w:p w14:paraId="50231D9F" w14:textId="73709DAD" w:rsidR="0089463D" w:rsidRPr="00E838E1" w:rsidRDefault="0089463D" w:rsidP="005E4D26">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">CHƯƠNG TRÌNH NỔI BẬT VỚI CÁC ĐIỂM THAM QUAN ĐẶC SẮC:</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E838E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>CHƯƠNG TRÌNH NỔI BẬT VỚI CÁC ĐIỂM THAM QUAN ĐẶC S</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>ẮC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E838E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="52421F1C" w14:textId="57075BD7" w:rsidR="005B27F8" w:rsidRPr="005B27F8" w:rsidRDefault="005B27F8" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Chương trình No shopping – trọn vẹn trải nghiệm thành phố 8D Trùng Khánh</w:t>
+        </w:rPr>
+        <w:t>Chương trình No shopping – trọn vẹn trải nghiệm thành phố 8D Trùng Khánh</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="036BE3F7" w14:textId="5695F76E" w:rsidR="00071D7A" w:rsidRPr="005E4D26" w:rsidRDefault="00071D7A" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Bay thẳng Hà Nội – Trùng Khánh</w:t>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Bay thẳng Hà Nội – Trùng Khánh</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="47B56C2A" w14:textId="1357C0E5" w:rsidR="00071D7A" w:rsidRPr="005E4D26" w:rsidRDefault="00071D7A" w:rsidP="00071D7A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tham quan hang đá Đại Túc – một trong những hang đá điêu khắc ấn tượng bậc nhất </w:t>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tham quan hang đá Đại Túc – một trong những hang đá điêu khắc </w:t>
+      </w:r>
+      <w:r w:rsidR="00F40BEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ấn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tượng bậc nhất </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="11BB2CDF" w14:textId="371872EA" w:rsidR="0089463D" w:rsidRPr="005E4D26" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tặng 01 bữa lẩu tại Tỳ Bà Viên – nhà hàng lẩu lớn nhất thế giới</w:t>
+        </w:rPr>
+        <w:t>Tặng 01 bữa lẩu tại Tỳ Bà Viên – nhà hàng lẩu lớn nhất thế giới</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="5EC5796B" w14:textId="77777777" w:rsidR="00F40BEE" w:rsidRPr="00F40BEE" w:rsidRDefault="00F40BEE" w:rsidP="00F40BEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:pBdr>
-[...15 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F40BEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Khám phá Công viên Gấu Trúc: Gặp gỡ những chú gấu trúc đáng yêu và tìm hiểu về nỗ lực bảo tồn loài động vật biểu tượng của Trung Quốc.</w:t>
+        </w:rPr>
+        <w:t>Khám phá Công viên Gấu Trúc: Gặp gỡ những chú gấu trúc đáng yêu và tìm hiểu về nỗ lực bảo tồn loài động vật biểu tượng của Trung Quốc.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="68ECE6F1" w14:textId="77777777" w:rsidR="00F40BEE" w:rsidRDefault="00F40BEE" w:rsidP="00E54539">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F40BEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Trải nghiệm tàu điện nhẹ xuyên qua tòa nhà tại Lý Tử Bá </w:t>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Trải nghiệm tàu điện nhẹ xuyên qua tòa nhà tại Lý Tử Bá</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F40BEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="72A5D586" w14:textId="70B820F1" w:rsidR="00F40BEE" w:rsidRPr="00F40BEE" w:rsidRDefault="00F40BEE" w:rsidP="00F40BEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:pBdr>
-[...15 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F40BEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Dạo chơi phố cổ Hồng Nhai Động: Chiêm ngưỡng vẻ đẹp cổ kính, lộng lẫy trong ánh đèn đêm, và thưởng thức ẩm thực đường phố đặc sắc</w:t>
+        </w:rPr>
+        <w:t>Dạo chơi phố cổ Hồng Nhai Động: Chiêm ngưỡng vẻ đẹp cổ kính, lộng lẫy trong ánh đèn đêm, và thưởng thức ẩm thực đường phố đặc sắc</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="1F92914D" w14:textId="619A6381" w:rsidR="00F40BEE" w:rsidRPr="00F40BEE" w:rsidRDefault="00F40BEE" w:rsidP="00E54539">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Khám phá phố cổ Từ Khí Khẩu</w:t>
+        </w:rPr>
+        <w:t>Khám phá phố cổ Từ Khí Khẩu</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="69CA7DA7" w14:textId="2520731D" w:rsidR="00E838E1" w:rsidRDefault="0089463D" w:rsidP="00E54539">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Khách sạn tiêu chuẩn 4  sao Trung Quốc</w:t>
+        </w:rPr>
+        <w:t>Khách sạn tiêu chuẩn 4  sao Trung Quốc</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
-[...14 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="38B09DD6" w14:textId="77777777" w:rsidR="00E54539" w:rsidRPr="00E54539" w:rsidRDefault="00E54539" w:rsidP="00E54539">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="none"/>
-[...7 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+    <w:p w14:paraId="40A4F1BD" w14:textId="4309CB56" w:rsidR="0089463D" w:rsidRPr="00DD1B63" w:rsidRDefault="0089463D" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:color w:val="ff0000"/>
+      <w:r w:rsidRPr="00DD1B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-          <w:rtl w:val="0"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">LỊCH TRÌNH CHI TIẾT</w:t>
+        </w:rPr>
+        <w:t>LỊCH TRÌNH CHI TIẾT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
-[...1 lines deleted...]
-        <w:shd w:fill="b8cce4" w:val="clear"/>
+    <w:p w14:paraId="12DAAF2A" w14:textId="52B43E68" w:rsidR="0089463D" w:rsidRPr="00AE5677" w:rsidRDefault="0089463D" w:rsidP="00AE5677">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">NGÀY 01: HÀ NỘI – TRÙNG KHÁNH                                     </w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NGÀY 01: HÀ NỘI – </w:t>
+      </w:r>
+      <w:r w:rsidR="0080345F" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>TRÙNG</w:t>
+      </w:r>
+      <w:r w:rsidR="0080345F" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> KHÁNH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB441A" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
-[...14 lines deleted...]
-        <w:ind w:left="0" w:right="-30" w:firstLine="720"/>
+    <w:p w14:paraId="24D42B0D" w14:textId="6F92F5E5" w:rsidR="00A66148" w:rsidRPr="00671A59" w:rsidRDefault="000769D0" w:rsidP="00AA71FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-30" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...59 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00801D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>00:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0080345F" w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Xe</w:t>
+      </w:r>
+      <w:r w:rsidR="0080345F" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và HDV</w:t>
+      </w:r>
+      <w:r w:rsidR="00273FCE" w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đón đoàn tại </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004259FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Rạ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>p Xiếc Trung Ương 67-69</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004259FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trần Nhân Tông</w:t>
+      </w:r>
+      <w:r w:rsidR="00273FCE" w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trần Nhân Tông đi sân bay Nội Bài</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66148">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> để </w:t>
+      </w:r>
+      <w:r w:rsidR="00071D7A" w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>đáp</w:t>
+      </w:r>
+      <w:r w:rsidR="00071D7A" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00273FCE" w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>huyến bay</w:t>
+      </w:r>
+      <w:r w:rsidR="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00273FCE" w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">PN6424 </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...48 lines deleted...]
-        <w:t xml:space="preserve">) đến Trùng Khánh.</w:t>
+      <w:r w:rsidR="00671A59" w:rsidRPr="00671A59">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00801D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40BEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>:0</w:t>
+      </w:r>
+      <w:r w:rsidR="00801D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40BEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00801D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40BEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>:0</w:t>
+      </w:r>
+      <w:r w:rsidR="00801D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00671A59" w:rsidRPr="00671A59">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đến Trùng Khánh.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
-[...14 lines deleted...]
-        <w:ind w:left="0" w:right="-30" w:firstLine="720"/>
+    <w:p w14:paraId="6D6B6DFE" w14:textId="1E34FE7D" w:rsidR="00273FCE" w:rsidRPr="000769D0" w:rsidRDefault="00273FCE" w:rsidP="00AA71FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-30" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">Đoàn làm thủ tục nhập cảnh và di chuyển về khách sạn nhận phòng nghỉ ngơi.</w:t>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Đoàn làm thủ tục nhập cảnh</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66148">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và di chuyển </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>về khách sạn nhận phòng nghỉ ngơi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
-[...14 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="720"/>
+    <w:p w14:paraId="3C1AE0EA" w14:textId="0BEF4160" w:rsidR="00E756AE" w:rsidRPr="00AC0BC1" w:rsidRDefault="00E756AE" w:rsidP="003C5D49">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">Tiêu chuẩn khách sạn 4 sao Trung Quốc</w:t>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC0BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tiêu chuẩn khách sạn 4 sao Trung Quốc</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
-[...1 lines deleted...]
-        <w:shd w:fill="b8cce4" w:val="clear"/>
+    <w:p w14:paraId="7FF39F6A" w14:textId="53D24578" w:rsidR="0089463D" w:rsidRPr="00AE5677" w:rsidRDefault="0089463D" w:rsidP="00AE5677">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">NGÀY 02: VƯỜN THÚ TRÙNG KHÁNH – TỪ KHÍ KHẨU – LÝ TỬ BÁ               (Ăn sáng, trưa, tối)</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>NGÀY 02:</w:t>
+      </w:r>
+      <w:r w:rsidR="0080345F" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0085481B" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>VƯỜN THÚ TRÙNG KHÁNH – TỪ KHÍ KHẨU – LÝ TỬ BÁ</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB441A" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (Ăn sáng, trưa, tối)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+    <w:p w14:paraId="4037906E" w14:textId="4B1FC836" w:rsidR="0089463D" w:rsidRDefault="0089463D" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...16 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Sáng:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quý khách ăn sáng tại khách sạn, sau đó làm thủ tục trả phòng. Đoàn tham quan:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="0FAF7B62" w14:textId="78C08C5D" w:rsidR="00F212DA" w:rsidRPr="00F212DA" w:rsidRDefault="00F40BEE" w:rsidP="00F212DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="33"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...23 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22A44F49" wp14:editId="794278D8">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>4402455</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2159635" cy="1437005"/>
-            <wp:effectExtent b="0" l="0" r="0" t="0"/>
-[...2 lines deleted...]
-            <a:graphic>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="242044568" name="Picture 3" descr="Trùng Khánh - Thiên đường động vật hoang dã và gấu trúc"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="Trùng Khánh - Thiên đường động vật hoang dã và gấu trúc" id="0" name="image4.jpg"/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="0" name="Picture 5" descr="Trùng Khánh - Thiên đường động vật hoang dã và gấu trúc"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7"/>
-                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:blip r:embed="rId9" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2159635" cy="1437005"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect"/>
-                    <a:ln/>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...29 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidR="00F212DA" w:rsidRPr="00F212DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tham quan vườn thú Trùng Khánh</w:t>
+      </w:r>
+      <w:r w:rsidR="00F212DA" w:rsidRPr="00F212DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-          <w:strike w:val="0"/>
+      <w:r w:rsidR="00F212DA" w:rsidRPr="00F212DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="white"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Một trong những trải nghiệm thú vị nhất đó là xem gấu trúc ăn, vào các thời điểm cố định trong ngày, Khoảng 30 cá thể gấu trúc chính là điểm nhấn đặc biệt hút khách tại đây”. </w:t>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>được thành lập vào khoảng năm 1955, có diện tích hàng chục hec-ta, là nơi sinh sống của trên 4000 cá thể động vật hoang dã, thuộc hơn 220 loài. Bên cạnh loài gấu trúc nổi tiếng</w:t>
+      </w:r>
+      <w:r w:rsidR="00F212DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F212DA" w:rsidRPr="00F212DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Một trong những trải nghiệm thú vị nhất đó là xem gấu trúc ăn, vào các thời điểm cố định trong ngày, Khoảng 30 cá thể gấu trúc chính là điểm nhấn đặc biệt hút khách tại đây”.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F95841">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+    <w:p w14:paraId="73591875" w14:textId="79C6A22F" w:rsidR="0089463D" w:rsidRDefault="0089463D" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...16 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Trưa:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Đoàn ăn trưa tại nhà hàng.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="47CC72CC" w14:textId="03872A0A" w:rsidR="002C60D9" w:rsidRPr="00801D7F" w:rsidRDefault="002C60D9" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...41 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phố cổ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Từ Khí Khẩu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> được ví như một Trùng Khánh thu nhỏ, nơi đây thể hiện được trọn vẹn những nét đẹp đặc trưng của thành phố. Đến với cổ trấn Từ Khí Khẩu bạn sẽ được chiêm ngưỡng các kiến trúc cổ kính nhuốm màu thời gian, những nét văn hoá xưa cũ, nghề thủ công truyền thống và nền ẩm thực đường phố mang đậm dấu ấn Trung Quốc xưa.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="5F23690E" w14:textId="7D004757" w:rsidR="00801D7F" w:rsidRPr="002C60D9" w:rsidRDefault="00801D7F" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...31 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Check-in Bảo tàng Mỹ thuật Trùng Khánh</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="78433C72" w14:textId="021A433B" w:rsidR="003F4FF2" w:rsidRPr="00AA71FC" w:rsidRDefault="00AA71FC" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:pBdr>
-[...59 lines deleted...]
-      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">tính theo sức chứa cùng một lúc, với hơn 5.800 người. Sau bữa tối, đoàn về khách sạn và nghỉ ngơi. </w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "https://i1-ngoisao.vnecdn.net/2021/03/02/hoa-cq2-8788-1614663156.jpg?w=680&amp;h=0&amp;q=100&amp;dpr=1&amp;fit=crop&amp;s=Hy4A2gxfinqmyPKL_Vvpfg" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="003F4FF2" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Trùng Khánh Lý Tử Bá -</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4FF2" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Đường sắt trên cao đi xuyên chung cư là nét đặc trưng hiếm có  của Trùng Khánh, thành phố bao bọc bởi sông và núi. Bất kể là ngày hay đêm, đây luôn là điểm check-in “cực hot” đối với du khách. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+    <w:p w14:paraId="012A7C6C" w14:textId="77777777" w:rsidR="003F4FF2" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Nghỉ đêm tại Trùng Khánh.</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Tối:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quý khách ăn tối tại </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nhà hàng Tỳ Bà Viên được Guinness công nhận là nhà hàng lẩu lớn nhất thế giới </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tính theo sức chứa cùng một lúc, với hơn 5.800 người. Sau bữa tối, đoàn về khách sạn và nghỉ ngơi. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
-[...1 lines deleted...]
-        <w:shd w:fill="b8cce4" w:val="clear"/>
+    <w:p w14:paraId="2F224A3A" w14:textId="55C26B09" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">                      (Ăn sáng, trưa, tối)</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Nghỉ đêm tại Trùng Khánh.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
-      <w:pPr>
+    <w:p w14:paraId="51865D53" w14:textId="17349A4A" w:rsidR="0089463D" w:rsidRPr="00AE5677" w:rsidRDefault="0089463D" w:rsidP="00AE5677">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> Quý khách ăn sáng tại khách sạn, sau đó đoàn tham quan: </w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NGÀY 03:  </w:t>
+      </w:r>
+      <w:r w:rsidR="0080345F" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>HANG ĐÁ ĐẠI TÚC</w:t>
+      </w:r>
+      <w:r w:rsidR="0085481B" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – HỒNG NHAI ĐỘNG</w:t>
+      </w:r>
+      <w:r w:rsidR="0080345F" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60804" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0080345F" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(Ăn sáng, trưa, tối)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="2AB71EB8" w14:textId="50E996AF" w:rsidR="0089463D" w:rsidRPr="005B27F8" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Sáng:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quý khách ăn sáng tại khách sạn, </w:t>
+      </w:r>
+      <w:r w:rsidR="005B27F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sau đó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>đoàn tham quan:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C702C6" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3177F207" w14:textId="4F556D52" w:rsidR="00C702C6" w:rsidRPr="00AA71FC" w:rsidRDefault="00E54539" w:rsidP="00DC0397">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...24 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E9159B5" wp14:editId="148952EB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>561340</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2033270" cy="1272540"/>
-            <wp:effectExtent b="0" l="0" r="0" t="0"/>
-[...2 lines deleted...]
-            <a:graphic>
+            <wp:effectExtent l="0" t="0" r="5080" b="3810"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="202470252" name="Picture 5"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.jpg"/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
-                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:blip r:embed="rId10" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2033270" cy="1272540"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect"/>
-                    <a:ln/>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...53 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C702C6" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Núi đá Đại túc</w:t>
+      </w:r>
+      <w:r w:rsidR="00C702C6" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C702C6" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Đây là một quần thể tượng được chạm khắc nổi trên vách đá, nổi bật nhất là vịnh Đại Phật. Với địa hình là vách núi cong hình vó ngựa, dài khoảng 500m, rộng nơi tới 30m, có hơn 5 vạn pho tượng lớn nhỏ hết sức sinh động.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0397" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C702C6" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Những pho tượng Phật được ghi nhận điêu khắc sớm nhất tại đây được xác định bắt đầu vào những năm 650, hoàn thiện vào thế kỷ XII.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0397" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C702C6" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Đây là có thể xem là bảo tàng nghệ thuật điêu khắc hang đá kỳ vỹ với hơn 5 vạn pho tượng, gồm các pho tượng Phật, Bồ</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C702C6" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tát, Hộ pháp…, có cả Đạo giáo và Khổng giáo và một số ít nhân vật lịch sử.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C60D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C60D9" w:rsidRPr="002C60D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Bao gồm xe tham quan)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
-[...45 lines deleted...]
-        <w:t xml:space="preserve">Ăn trưa tại nhà hàng.</w:t>
+    <w:p w14:paraId="329E1A35" w14:textId="5CFE7E6B" w:rsidR="00C702C6" w:rsidRPr="00B64B54" w:rsidRDefault="00C702C6" w:rsidP="00E54539">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F212DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ăn trưa tại nhà hàng</w:t>
+      </w:r>
+      <w:r w:rsidR="002C60D9" w:rsidRPr="002C60D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="3610FBC5" w14:textId="77777777" w:rsidR="002C60D9" w:rsidRPr="00AA71FC" w:rsidRDefault="002C60D9" w:rsidP="002C60D9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...23 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4497723C" wp14:editId="733ED045">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>3240405</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2159635" cy="1440815"/>
-            <wp:effectExtent b="0" l="0" r="0" t="0"/>
-[...2 lines deleted...]
-            <a:graphic>
+            <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="110360828" name="Picture 4" descr="Chiêm ngưỡng vẻ đẹp lung linh của phố cổ Hồng Nhai Động ở Trùng Khánh"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="Chiêm ngưỡng vẻ đẹp lung linh của phố cổ Hồng Nhai Động ở Trùng Khánh" id="0" name="image3.png"/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="0" name="Picture 7" descr="Chiêm ngưỡng vẻ đẹp lung linh của phố cổ Hồng Nhai Động ở Trùng Khánh"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9"/>
-                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2159635" cy="1440815"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect"/>
-                    <a:ln/>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...29 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Phố cổ Hồng Nhai Động</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> cô đọng lịch sử 3.000 năm của Trùng Khánh và tích hợp văn hóa  dân gian Bayu độc đáo. Điều đó được thể hiện qua văn hóa kiến trúc của những ngôi nhà trên núi và văn hóa cầu cảng. Ngày nay, Hồng Nhai Động ngày càng thu hút và trở thành một danh lam thắng cảnh nổi tiếng ở Trùng Khánh với lượng người chỉ đứng sau Tử Cấm Thành. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+    <w:p w14:paraId="00A28D55" w14:textId="6351A72F" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...34 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Tối:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quý khách ăn tối tại nhà hàn</w:t>
+      </w:r>
+      <w:r w:rsidR="002C60D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002C60D9" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sau bữa tối, Quý khách có thể trải nghiệm </w:t>
+      </w:r>
+      <w:r w:rsidR="002C60D9" w:rsidRPr="002C60D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Du thuyền </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7D2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ngắm sông Lưỡng Giang + Đài quan sát Vân Đoạn</w:t>
+      </w:r>
+      <w:r w:rsidR="002C60D9" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...12 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidR="002C60D9" w:rsidRPr="002C60D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(chi phí tự túc)</w:t>
+      </w:r>
+      <w:r w:rsidR="002C60D9" w:rsidRPr="002C60D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ngắm thành phố về đêm.</w:t>
+      <w:r w:rsidR="002C60D9" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ngắm thành phố về đêm.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+    <w:p w14:paraId="6C5BF4A1" w14:textId="5417756F" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="00E756AE" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Nghỉ đêm tại Trùng Khánh</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Nghỉ đêm tại Trùng Khánh</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
-[...1 lines deleted...]
-        <w:shd w:fill="b8cce4" w:val="clear"/>
+    <w:p w14:paraId="1EC4B69B" w14:textId="131A5D45" w:rsidR="0089463D" w:rsidRPr="00AE5677" w:rsidRDefault="0089463D" w:rsidP="00AE5677">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">NGÀY 04:  PHỐ ĐI BỘ SƠN THÀNH – PHỔ CỔ ĐẠN TỬ THẠCH                        (Ăn sáng, trưa, tối)</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NGÀY 04:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E54539" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PHỐ </w:t>
+      </w:r>
+      <w:r w:rsidR="0085481B" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ĐI BỘ SƠN THÀNH – PHỔ CỔ ĐẠN TỬ THẠCH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00671A59" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(Ăn sáng, trưa, tối)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+    <w:p w14:paraId="4AF420BB" w14:textId="77777777" w:rsidR="005B27F8" w:rsidRDefault="00982D29" w:rsidP="00982D29">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...16 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Sáng:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quý khách dùng điểm tâm sáng tại khách sạn. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+    <w:p w14:paraId="3D17C312" w14:textId="0DBA9BB5" w:rsidR="00982D29" w:rsidRPr="005B27F8" w:rsidRDefault="005B27F8" w:rsidP="00982D29">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Quý đoàn tham quan:</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Quý đoàn tham quan:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="70D885E8" w14:textId="12B63740" w:rsidR="002C60D9" w:rsidRPr="00801D7F" w:rsidRDefault="002C60D9" w:rsidP="00982D29">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> – Một góc phổ cổ kính nằm giữa lòng Trùng Khánh, nơi lưu giữ những dấu ấn lịch sử và văn hóa độc đáo của thành phố. Từ những bậc đá uốn lượn đến những lối đi bên bờ sông, là sự kết hợp giữa lịch sử lâu đời “thành phố núi” và không gian hiện đại của Trùng Khánh</w:t>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0085481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Phố đi bộ Sơn Thành</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Một góc phổ cổ kính nằm giữa lòng Trùng Khánh, nơi lưu giữ những dấu ấn lịch sử và văn hóa độc đáo của thành phố. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D54AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Từ những bậc đá uốn lượn đến những lối đi bên bờ sông, là sự kết hợp giữa lịch sử lâu đời “thành phố núi” và không gian hiện đại của Trùng Khánh</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="6C360F27" w14:textId="2DA4A60D" w:rsidR="00801D7F" w:rsidRPr="00D54AA3" w:rsidRDefault="00801D7F" w:rsidP="00982D29">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...31 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Phố đi bộ Bia Giải Phóng</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="197AF45C" w14:textId="77777777" w:rsidR="007A28E1" w:rsidRPr="007A28E1" w:rsidRDefault="00982D29" w:rsidP="00982D29">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...23 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72250B21" wp14:editId="4BC8CB2C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>8067675</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2159635" cy="1440815"/>
-            <wp:effectExtent b="0" l="0" r="0" t="0"/>
-[...2 lines deleted...]
-            <a:graphic>
+            <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="2116588303" name="Picture 6" descr="Danzishi-Old-Street-ivivu-2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="Danzishi-Old-Street-ivivu-2" id="0" name="image2.jpg"/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="0" name="Picture 14" descr="Danzishi-Old-Street-ivivu-2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
-                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:blip r:embed="rId12" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2159635" cy="1440815"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect"/>
-                    <a:ln/>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> được xem là danh lam thắng cảnh toàn diện đầu tiên trong cả nước tập trung vào văn hóa mở cảng, kết hợp những con phố cổ kính với cảnh quan đô thị hiện đại và thể hiện ba chiều dưới dạng dốc chín cấp, tích hợp lịch sử, văn hóa, tham quan, giải trí, vui chơi và mua sắm. Phố cổ Danzishi được xem là danh lam thắng cảnh toàn diện đầu tiên trong cả nước tập trung vào văn hóa mở cảng, kết hợp những con phố cổ kính với cảnh quan đô thị hiện đại và thể hiện ba chiều dưới dạng dốc chín cấp, tích hợp lịch sử, văn hóa, tham quan, giải trí, vui chơi và mua sắm.</w:t>
+      <w:r w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phố cổ </w:t>
+      </w:r>
+      <w:r w:rsidR="008440A0" w:rsidRPr="008440A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Đ</w:t>
+      </w:r>
+      <w:r w:rsidR="008440A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>ạn Tử Thạch (Danzishi)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> được xem là danh lam thắng cảnh toàn diện đầu tiên trong cả nước tập trung vào văn hóa mở cảng, kết hợp những con phố cổ kính với cảnh quan đô thị hiện đại và thể hiện ba chiều dưới dạng dốc chín cấp, tích hợp lịch sử, văn hóa, tham quan, giải trí, vui chơi và mua sắm.</w:t>
+      </w:r>
+      <w:r w:rsidR="008440A0" w:rsidRPr="008440A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phố cổ Danzishi được xem là danh lam thắng cảnh toàn diện đầu tiên trong cả nước tập trung vào văn hóa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mở cảng, kết hợp những con phố cổ kính với cảnh quan đô thị hiện đại và thể hiện ba chiều dưới dạng dốc chín cấp, tích hợp lịch sử, văn hóa, tham quan, giải trí, vui chơi và mua sắm.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="53A35418" w14:textId="1143D082" w:rsidR="00982D29" w:rsidRPr="007A28E1" w:rsidRDefault="007A28E1" w:rsidP="007A28E1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...92 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Di chuyển về </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A28E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hành phố tham quan và thưởng thức trà chiều tại quán </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Trà chiều</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ngắm sông Trường Giang và </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A28E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tự do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chụp ảnh checkin </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>(Chi phí đồ uống tự túc)</w:t>
+      </w:r>
+      <w:r w:rsidR="00982D29" w:rsidRPr="007A28E1">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
-[...45 lines deleted...]
-        <w:t xml:space="preserve">Ăn tối tại nhà hàng</w:t>
+    <w:p w14:paraId="5AC7313D" w14:textId="392F5101" w:rsidR="00A66148" w:rsidRPr="00A66148" w:rsidRDefault="00A66148" w:rsidP="00E54539">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ăn tối tại nhà hàng</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+    <w:p w14:paraId="22D73DB3" w14:textId="071735D4" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="00E756AE" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Nghỉ đêm tại Trùng Khánh</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Nghỉ đêm tại Trùng Khánh</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
-[...1 lines deleted...]
-        <w:shd w:fill="b8cce4" w:val="clear"/>
+    <w:p w14:paraId="3666B07A" w14:textId="19D3FC0A" w:rsidR="0089463D" w:rsidRPr="00AE5677" w:rsidRDefault="0089463D" w:rsidP="00AE5677">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">NGÀY 05: TRÙNG KHÁNH – HÀ NỘI                                                              </w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NGÀY 05: </w:t>
+      </w:r>
+      <w:r w:rsidR="00484A07" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>TRÙNG</w:t>
+      </w:r>
+      <w:r w:rsidR="00484A07" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> KHÁNH</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0BC1" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– HÀ NỘI                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">        (Ăn sáng, trưa)</w:t>
+      </w:r>
+      <w:r w:rsidR="0080345F" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(Ăn sáng</w:t>
+      </w:r>
+      <w:r w:rsidR="009618B6" w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, trưa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+    <w:p w14:paraId="389B5FBE" w14:textId="1A3F469C" w:rsidR="009618B6" w:rsidRPr="009618B6" w:rsidRDefault="0089463D" w:rsidP="00982D29">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> Quý khách dùng điểm tâm sáng tại khách sạn. Tự do tham quan</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Sáng:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quý khách dùng điểm tâm sáng tại khách sạn.</w:t>
+      </w:r>
+      <w:r w:rsidR="009618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F6D60">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Đoàn trải nghiệm 1 chiều cáp treo sông Trường Giang – ngắm nhìn thành phố từ trên cao.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
-[...14 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="7E52E618" w14:textId="43EABAD7" w:rsidR="00826136" w:rsidRPr="000769D0" w:rsidRDefault="009618B6" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">Đoàn ăn trưa, sau đó đoàn di chuyển ra sân bay.  </w:t>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Đoàn ăn trưa, s</w:t>
+      </w:r>
+      <w:r w:rsidR="00826136" w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">au đó đoàn di chuyển ra sân bay.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
-[...14 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="45BCF060" w14:textId="2A0FAD75" w:rsidR="00826136" w:rsidRPr="00036B55" w:rsidRDefault="00826136" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...25 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Chuyến bay dự kiến: </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000769D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Trùng Khánh - Hà Nội PN6423</w:t>
+      </w:r>
+      <w:r w:rsidR="00036B55" w:rsidRPr="00036B55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="009618B6" w:rsidRPr="009618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00295B9A" w:rsidRPr="00295B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00036B55" w:rsidRPr="00036B55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00295B9A" w:rsidRPr="00295B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidR="00036B55" w:rsidRPr="00036B55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00036B55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00036B55" w:rsidRPr="00036B55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00295B9A" w:rsidRPr="00295B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="009618B6" w:rsidRPr="009618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00295B9A" w:rsidRPr="00295B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>05</w:t>
+      </w:r>
+      <w:r w:rsidR="00036B55" w:rsidRPr="00036B55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+    <w:p w14:paraId="79916DE2" w14:textId="7179D52B" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="009618B6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Đến Hà Nội, xe trả khách về điểm hẹn ban đầu. Kết thúc chương trình du lịch Trung Quốc. Tạm biệt và hẹn gặp lại Quý khách!</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Đến Hà Nội, xe trả khách về điểm hẹn ban đầu. Kết thúc chương trình du lịch Trung Quốc. Tạm biệt và hẹn gặp lại Quý khách!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
+    <w:p w14:paraId="15F87B14" w14:textId="77777777" w:rsidR="000B486A" w:rsidRPr="00AA71FC" w:rsidRDefault="000B486A" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...7 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
+    <w:p w14:paraId="0E629BA3" w14:textId="77777777" w:rsidR="00B60804" w:rsidRPr="00AC0BC1" w:rsidRDefault="00B60804" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">CHI PHÍ TRỌN GÓI CHO 01 QUÝ KHÁCH</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC0BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>CHI PHÍ TRỌN GÓI CHO 01 QUÝ KHÁCH</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
+    <w:p w14:paraId="4FAF2D1D" w14:textId="3DD58E26" w:rsidR="00B60804" w:rsidRPr="00AC0BC1" w:rsidRDefault="00B60804" w:rsidP="00E54539">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">(Giá áp dụng cho ghép khách lẻ đoàn từ 25 người trở lên)</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC0BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(Giá áp dụng cho ghép khách lẻ đoàn từ 25 người trở lên)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table1"/>
-[...4 lines deleted...]
-        <w:tblLook w:val="0400"/>
+        <w:tblW w:w="10207" w:type="dxa"/>
+        <w:tblInd w:w="-150" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3403"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="1985"/>
-        <w:tblGridChange w:id="0">
-[...6 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00826136" w:rsidRPr="00AA71FC" w14:paraId="640815D8" w14:textId="77777777" w:rsidTr="00AE5677">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="581"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3403" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:fill="b8cce4" w:val="clear"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:tcMar>
-              <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="100.0" w:type="dxa"/>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+          <w:p w14:paraId="241785E1" w14:textId="77777777" w:rsidR="00B60804" w:rsidRPr="00AE5677" w:rsidRDefault="00B60804" w:rsidP="00826136">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r w:rsidRPr="00AE5677">
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...10 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NGÀY KHỞI HÀNH</w:t>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:t>NGÀY KHỞI HÀNH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:fill="b8cce4" w:val="clear"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:tcMar>
-              <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="100.0" w:type="dxa"/>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+          <w:p w14:paraId="3577D53E" w14:textId="77777777" w:rsidR="00B60804" w:rsidRPr="00AE5677" w:rsidRDefault="00B60804" w:rsidP="00826136">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r w:rsidRPr="00AE5677">
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...10 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GIÁ NGƯỜI LỚN</w:t>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:t>GIÁ NGƯỜI LỚN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:fill="b8cce4" w:val="clear"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:tcMar>
-              <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="100.0" w:type="dxa"/>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+          <w:p w14:paraId="513C7075" w14:textId="77A102DF" w:rsidR="00B60804" w:rsidRPr="00AE5677" w:rsidRDefault="00B60804" w:rsidP="00826136">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r w:rsidRPr="00AE5677">
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...10 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRẺ EM (dưới 11 tuổi)</w:t>
+              <w:t>TRẺ EM</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r w:rsidR="0080345F" w:rsidRPr="00AE5677">
               <w:rPr>
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="vi-VN"/>
               </w:rPr>
+              <w:t xml:space="preserve"> (dưới 11 tuổi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+          <w:p w14:paraId="16B3168B" w14:textId="7DE0A2F6" w:rsidR="00B60804" w:rsidRPr="00AE5677" w:rsidRDefault="00B60804" w:rsidP="00826136">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F748465" w14:textId="77777777" w:rsidR="00B60804" w:rsidRPr="00AE5677" w:rsidRDefault="00B60804" w:rsidP="00826136">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE5677">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>PHÒNG ĐƠN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC6344" w:rsidRPr="00AA71FC" w14:paraId="1945D35B" w14:textId="77777777" w:rsidTr="00D3340D">
+        <w:trPr>
+          <w:trHeight w:val="647"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4832F411" w14:textId="77777777" w:rsidR="00BC6344" w:rsidRDefault="00671A59" w:rsidP="00790A3A">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tháng </w:t>
+            </w:r>
+            <w:r w:rsidR="009618B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000F6D60">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>1: 17</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6579D5B5" w14:textId="42F24E34" w:rsidR="000F6D60" w:rsidRPr="00790A3A" w:rsidRDefault="000F6D60" w:rsidP="00790A3A">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Tháng 12: 09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:fill="b8cce4" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="100.0" w:type="dxa"/>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+          <w:p w14:paraId="0E085B92" w14:textId="4512AE5D" w:rsidR="00BC6344" w:rsidRPr="00AA71FC" w:rsidRDefault="00AE5677" w:rsidP="00F95841">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...10 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHÒNG ĐƠN</w:t>
+              <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r w:rsidR="00EB7D2C">
               <w:rPr>
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.990.000 </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC6344">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>VNĐ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71ADA935" w14:textId="65669808" w:rsidR="00BC6344" w:rsidRPr="00AA71FC" w:rsidRDefault="00C2223A" w:rsidP="00F95841">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD52C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.990.000 VNĐ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4146CC" w14:textId="74E301ED" w:rsidR="00BC6344" w:rsidRPr="00AA71FC" w:rsidRDefault="00BC6344" w:rsidP="00F95841">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2.500.000 VNĐ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AD52C6" w:rsidRPr="00AA71FC" w14:paraId="7469B7E2" w14:textId="77777777" w:rsidTr="00D3340D">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="647"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3403" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="100.0" w:type="dxa"/>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
+          <w:p w14:paraId="6ECF7BCA" w14:textId="0231060C" w:rsidR="00AD52C6" w:rsidRPr="008278D5" w:rsidRDefault="00AD52C6" w:rsidP="00790A3A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-                <w:color w:val="17365d"/>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-                <w:color w:val="17365d"/>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:highlight w:val="yellow"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tháng 10: 21</w:t>
+              <w:t>Tháng 12: 29 (Tết dương)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="100.0" w:type="dxa"/>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+          <w:p w14:paraId="28CCDB43" w14:textId="795CEF55" w:rsidR="00AD52C6" w:rsidRDefault="00AD52C6" w:rsidP="00F95841">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...10 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14.990.000 VNĐ</w:t>
+              <w:t>14.990.000 VNĐ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="100.0" w:type="dxa"/>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+          <w:p w14:paraId="56045BF3" w14:textId="740903CA" w:rsidR="00AD52C6" w:rsidRDefault="00AD52C6" w:rsidP="00F95841">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...10 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13.990.000 VNĐ</w:t>
+              <w:t>13.990.000 VNĐ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="100.0" w:type="dxa"/>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+          <w:p w14:paraId="0048657A" w14:textId="184D9E77" w:rsidR="00AD52C6" w:rsidRDefault="00AD52C6" w:rsidP="00F95841">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...10 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2.500.000 VNĐ</w:t>
+              <w:t>3.000.000 VNĐ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="1A9BFBDC" w14:textId="52853E71" w:rsidR="00071D7A" w:rsidRPr="0078137C" w:rsidRDefault="00071D7A" w:rsidP="00071D7A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Lịch trình trong tour có thể thay đổi thứ tự nhưng vẫn đảm bảo đẩy đủ điểm và dịch vụ - Tương tự giờ bay là giờ bay của hãng hàng không và là giờ bay dự kiến, tuỳ từng ngày bay có thể thay đổi theo kế hoạch của hãng hàng không</w:t>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Lịch trình trong tour có thể thay đổi thứ tự nhưng vẫn đảm bảo đẩy đủ điểm và dịch vụ - Tương tự giờ bay là giờ bay của hãng hàng không và là giờ bay dự kiến, tuỳ từng ngày bay có thể thay đổi theo kế hoạch của hãng hàng không</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="70310B6B" w14:textId="630D370C" w:rsidR="00E54539" w:rsidRPr="0078137C" w:rsidRDefault="00071D7A" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">LƯU Ý: Nếu trường hợp quý khách hàng bị từ chối Visa Đoàn sẽ chuyển sang làm Visa Lẻ tại ĐSQ TQ ở Hà Nội (Nếu đủ thời gian) và chi phí phát sinh 1.500.000 VNĐ/khách. Nếu quý khách hàng từ chối làm Visa Lẻ thì sẽ chịu hủy phạt theo quy định đã thể hiện trên hợp đồng. Phụ phí visa lẻ có thể thay đổi khi trung tâm visa thông báo thay đổi.</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LƯU Ý: Nếu trường hợp quý khách hàng bị từ chối Visa Đoàn sẽ chuyển sang làm Visa Lẻ tại ĐSQ TQ ở Hà Nội (Nếu đủ thời gian) và chi phí phát sinh 1.500.000 VNĐ/khách. Nếu quý khách hàng từ chối làm Visa Lẻ thì sẽ chịu hủy phạt theo quy định đã thể hiện trên hợp đồng. Phụ phí visa lẻ có thể thay đổi khi trung tâm visa thông báo thay đổi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="01C3F3EC" w14:textId="18309CC5" w:rsidR="0078137C" w:rsidRPr="0078137C" w:rsidRDefault="0078137C" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:pBdr>
-[...42 lines deleted...]
-      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khách sạn dự kiến: </w:t>
+      </w:r>
+      <w:r w:rsidR="0092119B" w:rsidRPr="0092119B">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:hint="eastAsia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>重</w:t>
+      </w:r>
+      <w:r w:rsidR="0092119B" w:rsidRPr="0092119B">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft YaHei" w:eastAsia="Microsoft YaHei" w:hAnsi="Microsoft YaHei" w:cs="Microsoft YaHei" w:hint="eastAsia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>庆</w:t>
+      </w:r>
+      <w:r w:rsidR="0092119B" w:rsidRPr="0092119B">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>海棠烟雨酒店</w:t>
+      </w:r>
+      <w:r w:rsidR="0092119B">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chongqing </w:t>
+      </w:r>
+      <w:r w:rsidR="0092119B">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Haiting Yan Yu)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc tương đương</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
+    <w:p w14:paraId="42146F5C" w14:textId="77777777" w:rsidR="00E54539" w:rsidRDefault="00E54539" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...9 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65E58DE0" w14:textId="248FF771" w:rsidR="0089463D" w:rsidRPr="00AC0BC1" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC0BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">DỊCH VỤ BAO GỒM: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="0CCC7C49" w14:textId="7526CE73" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00024B1E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Vé máy bay khứ hồi Hà Nội – Trùng Khánh, bao gồm 1 kiện hành lý xách tay 7kg và 1 kiện hành lý ký gửi 20kg.</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vé máy bay khứ hồi Hà Nội </w:t>
+      </w:r>
+      <w:r w:rsidR="00024B1E" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00024B1E" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Trùng Khánh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bao gồm 1 kiện hành lý xách tay </w:t>
+      </w:r>
+      <w:r w:rsidR="007239BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kg và 1 kiện hành lý ký gửi 2</w:t>
+      </w:r>
+      <w:r w:rsidR="009618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kg.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="1BC8AAD4" w14:textId="7CA24C2C" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Xe du lịch máy lạnh hiện đại đón tiễn sân bay và các điểm tham quan theo chương trình.</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Xe du lịch máy lạnh hiện đại đón tiễn sân bay và các điểm tham quan theo chương trình.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="7C4E443B" w14:textId="4AF38CBE" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...25 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Khách sạn tiêu chuẩn 4 địa phương (tiêu chuẩn 2 người một phòng Double/Twin). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="619C74A2" w14:textId="1A52EC65" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Các bữa ăn theo chương trình (bao gồm 1 bữa lẩu tại nhà hàng Tì Bà Viên)</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Các bữa ăn theo chương trình</w:t>
+      </w:r>
+      <w:r w:rsidR="00024B1E" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (bao gồm 1 bữa lẩu tại nhà hàng Tì Bà Viên)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="4A334597" w14:textId="38CE0D8B" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Vé thăm quan các điểm theo chương trình.</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vé thăm quan các điểm theo chương trình.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="2C018A6C" w14:textId="62E15C08" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Hướng dẫn tiếng Việt nhiệt tình, giàu kinh nghiệm đi suốt tuyến.</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hướng dẫn tiếng Việt nhiệt tình, giàu kinh nghiệm đi suốt tuyến.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="52281F89" w14:textId="5754AB55" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Bảo hiểm mức bồi thường tối đa 200.000.000đ/trường hợp. (Cho bảo hiểm do tai nạn rủi ro, không bảo hiểm cho các loại bệnh mãn tính và bệnh phát cấp tính).</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bảo hiểm mức bồi thường tối đa 200.000.000đ/trường hợp. (</w:t>
+      </w:r>
+      <w:r w:rsidR="009618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ho bảo hiểm do tai nạn rủi ro, không bảo hiểm cho các loại bệnh mãn tính và bệnh phát cấp tính).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="684E9D7D" w14:textId="3FB65E8F" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Visa nhập cảnh Trung Quốc (visa đoàn)</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Visa nhập cảnh Trung Quốc (visa đoàn)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="2AFCB2A2" w14:textId="557D158F" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:pBdr>
-[...42 lines deleted...]
-      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nước uống trên xe 1 chai/khách/ngày.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+    <w:p w14:paraId="2D62E464" w14:textId="77777777" w:rsidR="008E5FB1" w:rsidRDefault="008E5FB1" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="3B5DABBF" w14:textId="6711B53D" w:rsidR="0089463D" w:rsidRPr="00AC0BC1" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC0BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>KHÔNG BAO GỒM:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13928F63" w14:textId="1FE38584" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Chi tiêu cá nhân, phí hộ chiếu, đồ uống, chi phí điện thoại, giặt là trong khách sạn, Thuế VAT (nếu khách lấy VAT)</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Chi tiêu cá nhân, phí hộ chiếu, đồ uống, chi phí điện thoại, giặt là trong khách sạn, Thuế VAT (nếu khách lấy VAT)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="78938A00" w14:textId="075F19DC" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Chi phí phòng đơn</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Chi phí phòng đơn</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="4F221550" w14:textId="6788627C" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Visa tái nhập cho khách Việt kiều và khách nước ngoài.</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Visa tái nhập cho khách Việt kiều và khách nước ngoài.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="69988CE1" w14:textId="2D54301F" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...24 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tip cho lái xe và Hướng dẫn viên là: </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="005E1456">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>USD/người/ngày</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="1C618662" w14:textId="77784D0B" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Vé tham quan các điểm không đề cập trong chương trình.</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vé tham quan các điểm không đề cập trong chương trình.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="0657B29C" w14:textId="525EA5AB" w:rsidR="0089463D" w:rsidRPr="00EB7D2C" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:pBdr>
-[...42 lines deleted...]
-      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">+ Show “Kinh kịch Tứ Xuyên”: 300 NDT/khách</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Chi phí xem Show biểu diễn</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7D2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7D2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Du thuyền </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7D2C" w:rsidRPr="00EB7D2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ngắm sông Lưỡng Giang + Đài quan sát Vân Đoạn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7D2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7D2C" w:rsidRPr="00EB7D2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7D2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>80 NDT/khách</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+    <w:p w14:paraId="539FEB50" w14:textId="77777777" w:rsidR="008E5FB1" w:rsidRDefault="008E5FB1" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...10 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
+    <w:p w14:paraId="6D6BC7A9" w14:textId="45E09423" w:rsidR="0089463D" w:rsidRPr="00AC0BC1" w:rsidRDefault="0089463D" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC0BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>GHI CHÚ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
-      <w:pPr>
+    <w:p w14:paraId="5AD7990D" w14:textId="29FEF87A" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">GHI CHÚ:</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Giá tính cho trẻ em ngủ chung giường với bố mẹ, nếu Quý khách có yêu cầu ngủ riêng cho trẻ em vui lòng thanh toán 100% giá tour.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="1C176EE7" w14:textId="52A8A936" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Giá tính cho trẻ em ngủ chung giường với bố mẹ, nếu Quý khách có yêu cầu ngủ riêng cho trẻ em vui lòng thanh toán 100% giá tour.</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Do tính chất là đoàn ghép khách lẻ, Công ty sẽ có trách nhiệm thu nhận khách cho đủ đoàn (từ 10 khách người lớn trở lên) thì đoàn sẽ khởi hành đúng lịch trình. Nếu số lượng đoàn dưới 10 khách, Công ty sẽ thông báo cho khách và sẽ thỏa thuận lại ngày khởi hành mới, hoặc hoàn trả lại toàn bộ số tiền cho khách đã thanh toán trước đó</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="4A064BF7" w14:textId="12B6D564" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Do tính chất là đoàn ghép khách lẻ, Công ty sẽ có trách nhiệm thu nhận khách cho đủ đoàn (từ 10 khách người lớn trở lên) thì đoàn sẽ khởi hành đúng lịch trình. Nếu số lượng đoàn dưới 10 khách, Công ty sẽ thông báo cho khách và sẽ thỏa thuận lại ngày khởi hành mới, hoặc hoàn trả lại toàn bộ số tiền cho khách đã thanh toán trước đó</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Trong trường hợp chỉ có 1 khách (người lớn) đi với 1 trẻ em dưới 12 tuổi (không có chế độ giường riêng), Quý khách vui lòng thanh toán theo giá người lớn để bé có chế độ giường riêng</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="6E9D1779" w14:textId="7ED78571" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Trong trường hợp chỉ có 1 khách (người lớn) đi với 1 trẻ em dưới 12 tuổi (không có chế độ giường riêng), Quý khách vui lòng thanh toán theo giá người lớn để bé có chế độ giường riêng</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trường hợp Quý khách không được xuất cảnh và nhập cảnh vì lý do cá nhân </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(như hình ảnh, thông tin giấy tờ trong bản gốc bị mờ, không rõ ràng, passport hết hạn, không đúng quy định,</w:t>
+      </w:r>
+      <w:r w:rsidR="00671A59" w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nợ thuế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">…) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Công ty sẽ không chịu trách nhiệm và sẽ không hoàn trả tiền tour. Hướng dẫn viên Công ty sẽ hỗ trợ và tìm biện pháp giải quyết tốt nhất cho Quý khách, mọi chi phí phát sinh do khách hàng chi trả</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="1B9A6782" w14:textId="1FD43928" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...60 lines deleted...]
-        <w:t xml:space="preserve">Công ty sẽ không chịu trách nhiệm và sẽ không hoàn trả tiền tour. Hướng dẫn viên Công ty sẽ hỗ trợ và tìm biện pháp giải quyết tốt nhất cho Quý khách, mọi chi phí phát sinh do khách hàng chi trả</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đối với trường hợp khách làm phẫu thuật thẩm mỹ khuôn mặt, bắt buộc phải làm lại hộ chiếu. Trường hợp khách không làm lại hộ chiếu công ty sẽ không chịu trách nhiệm về vấn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>đề xuất nhập cảnh của khách. Mọi chi phí về hủy phạt dịch vụ khách hàng sẽ phải tự chịu trách nhiệm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="0D81A518" w14:textId="6BCE1451" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">.</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Giá có thể thay đổi khi phí visa thay đổi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="4A2AFE95" w14:textId="206D5441" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Giá có thể thay đổi khi phí visa thay đổi</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hộ chiếu phải còn thời hạn sử dụng trên 6 tháng (</w:t>
+      </w:r>
+      <w:r w:rsidR="005B27F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tính đến ngày kết thúc tour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="6E757AEF" w14:textId="5AF538E8" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Hộ chiếu phải còn thời hạn sử dụng trên 6 tháng (Tính đến ngày kết thúc tour)</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Chương trình có thể thay đổi thứ tự theo tình hình thực tế, nhưng vẫn bảo đảm đi đầy đủ điểm tham quan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="34472A80" w14:textId="083D96F9" w:rsidR="0089463D" w:rsidRPr="00E54539" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Chương trình có thể thay đổi thứ tự theo tình hình thực tế, nhưng vẫn bảo đảm đi đầy đủ điểm tham quan.</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Suốt hành trình quý khách không được tự ý rời đoàn. Nếu quý khách có người nhà tại nước sở tại muốn đi theo chương trình, vui lòng liên hệ với công ty du lịch trước khi khởi hành.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="344F0AD4" w14:textId="77777777" w:rsidR="008E5FB1" w:rsidRDefault="008E5FB1" w:rsidP="00826136">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2936422C" w14:textId="39134BC8" w:rsidR="0089463D" w:rsidRPr="00AC0BC1" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC0BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>THỦ TỤC VISA:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21956B60" w14:textId="701D08C8" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:pBdr>
-[...42 lines deleted...]
-      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ảnh 4x6 nền trắng, </w:t>
+      </w:r>
+      <w:r w:rsidR="007239BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lộ</w:t>
+      </w:r>
+      <w:r w:rsidR="007239BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rõ ngũ quan – không mặc áo trắng</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
-      <w:pPr>
+    <w:p w14:paraId="7C451019" w14:textId="69EFF8C3" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">THỦ TỤC VISA:</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Scan/chụp ảnh mặt hộ chiếu phải lộ đủ 4 góc, không bị mất góc, trang thông tin rõ ràng, không bị mờ, không bị bóng, không bị ánh đèn phản quang, không có ngón tay, hộ chiếu phải còn hạn (trên 6 tháng)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="00878134" w14:textId="1DB320CA" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Ảnh 4x6 nền trắng, lộ rõ ngũ quan – không mặc áo trắng</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nếu trang thông tin của khách không ghi nơi sinh thì cần bổ sung bị chú (scan trang bị chú riêng - khi scan phải scan đủ cả 2 trang 4 góc giống như scan phần thông tin hộ chiếu)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="69744D94" w14:textId="77777777" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Scan/chụp ảnh mặt hộ chiếu phải lộ đủ 4 góc, không bị mất góc, trang thông tin rõ ràng, không bị mờ, không bị bóng, không bị ánh đèn phản quang, không có ngón tay, hộ chiếu phải còn hạn (trên 6 tháng)</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lưu ý: Đối với công dân đã được cấp hộ chiếu mẫu mới, không có bị trú nơi sinh, Quý khách đến cục XNC đề nghị bị chú thông tin “nơi sinh” thực hiện như sau: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="2DD10E9E" w14:textId="081B1C69" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0088577A" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Nếu trang thông tin của khách không ghi nơi sinh thì cần bổ sung bị chú (scan trang bị chú riêng - khi scan phải scan đủ cả 2 trang 4 góc giống như scan phần thông tin hộ chiếu)</w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="0089463D" w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rường hợp công dân xuất trình hộ chiếu cấp trong nước, công dân cần nộp tờ khai đề nghị cấp hộ chiếu (mẫu TK01), mục “đề nghị” ghi rõ nội dung “bị chú nơi sinh vào hộ chiếu” (không cần dán ảnh) và kèm theo hộ chiếu mẫu mới đã được cấp.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="482A9F43" w14:textId="72B6EB1F" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Lưu ý: Đối với công dân đã được cấp hộ chiếu mẫu mới, không có bị trú nơi sinh, Quý khách đến cục XNC đề nghị bị chú thông tin “nơi sinh” thực hiện như sau: </w:t>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Đối trẻ em dưới 14 tuổi (Chưa qua SN), khi làm visa cửa khẩu phải có scan GKS kèm theo và khi nhập cảnh phải mang theo GKS bản sao có dấu đỏ + giấy ủy quyền (Nếu không đi cùng bố mẹ) để làm thủ tục xuất nhập cảnh.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="262C9B58" w14:textId="6CCB1679" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:pBdr>
-[...146 lines deleted...]
-      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...6 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA71FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Trong những trường hợp khách quan như: khủng bố, thiên tai…hoặc do có sự cố, có sự thay đổi lịch trình của các phương tiện vận chuyển công cộng như : máy bay, tàu hỏa…thì Công ty sẽ giữ quyền thay đổi lộ trình bất cứ lúc nào vì sự thuận tiện, an toàn cho khách hàng và sẽ không chịu trách nhiệm bồi thường những thiệt hại phát sinh**.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+    <w:p w14:paraId="185035D2" w14:textId="77777777" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...7 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+    <w:p w14:paraId="582D6B44" w14:textId="77777777" w:rsidR="0089463D" w:rsidRPr="00AA71FC" w:rsidRDefault="0089463D" w:rsidP="00826136">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60E0284B" w14:textId="6178EF76" w:rsidR="00D33C27" w:rsidRPr="00AC0BC1" w:rsidRDefault="0089463D" w:rsidP="00826136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...2 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:color w:val="ff0000"/>
+      <w:r w:rsidRPr="00AC0BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:rtl w:val="0"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">CHÚC QUÝ KHÁCH CÓ MỘT CHUYẾN ĐI VUI VẺ VÀ BỔ ÍCH!</w:t>
+        </w:rPr>
+        <w:t>CHÚC QUÝ KHÁCH CÓ MỘT CHUYẾN ĐI VUI VẺ VÀ BỔ ÍCH!</w:t>
       </w:r>
     </w:p>
-    <w:sectPr>
-[...3 lines deleted...]
-      <w:pgMar w:bottom="288" w:top="720" w:left="1152" w:right="864" w:header="0" w:footer="0"/>
+    <w:sectPr w:rsidR="00D33C27" w:rsidRPr="00AC0BC1" w:rsidSect="0080795F">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:pgSz w:w="11909" w:h="16834"/>
+      <w:pgMar w:top="720" w:right="864" w:bottom="288" w:left="1152" w:header="0" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="159FD1FC" w14:textId="77777777" w:rsidR="00211ED5" w:rsidRDefault="00211ED5">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="61566608" w14:textId="77777777" w:rsidR="00211ED5" w:rsidRDefault="00211ED5">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...5 lines deleted...]
-  <w:font w:name="Courier New"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Noto Sans Symbols">
-    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
-    <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
+    <w:altName w:val="MV Boli"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="07517514" w14:textId="0588B62D" w:rsidR="00D33C27" w:rsidRDefault="006F3EF4">
     <w:pPr>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:ind w:left="-960" w:right="-1022" w:firstLine="0"/>
+      <w:ind w:left="-960" w:right="-1022"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                                                       </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+  <w:p w14:paraId="5B052CD9" w14:textId="7AB6642C" w:rsidR="00D33C27" w:rsidRDefault="006F3EF4">
     <w:pPr>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:ind w:left="-960" w:right="-1022" w:firstLine="0"/>
+      <w:ind w:left="-960" w:right="-1022"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">          </w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+  <w:p w14:paraId="70965D97" w14:textId="31C1A37E" w:rsidR="00D33C27" w:rsidRDefault="00D33C27">
     <w:pPr>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:ind w:left="-960" w:right="-1022" w:firstLine="0"/>
+      <w:ind w:left="-960" w:right="-1022"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0EF8B7E9" w14:textId="77777777" w:rsidR="00211ED5" w:rsidRDefault="00211ED5">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="77232132" w14:textId="77777777" w:rsidR="00211ED5" w:rsidRDefault="00211ED5">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2C6306BE" w14:textId="6497AD6B" w:rsidR="00D33C27" w:rsidRDefault="00D33C27">
     <w:pPr>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:ind w:left="-960" w:right="-427" w:firstLine="0"/>
+      <w:ind w:left="-960" w:right="-427"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:abstractNum w:abstractNumId="1">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01EF4ED3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8BA6E11E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03504B61"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F84656FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0730747A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="47365DE0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08E86128"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F65CB69A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A1F06E1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="29D07022"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17C92502"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF3A0170"/>
+    <w:lvl w:ilvl="0" w:tplc="C664950C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E2C437A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BF442AC4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="755" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="002060"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1475" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2195" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="2915" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3635" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4355" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5075" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5795" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6515" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23ED61B7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4F9476B6"/>
+    <w:lvl w:ilvl="0" w:tplc="B0AEAEDC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="002060"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24D407AC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="09B2612E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="⮚"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="787" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1507" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2227" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2947" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="3667" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4387" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5107" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5827" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6547" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2527056C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F86861F0"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25F317E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C8A460A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D485640"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4600E3D2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DBC3E2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A5CD2FE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EBC1942"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="52748C3E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="⮚"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F4101A2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B7E6836E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38C76608"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2512955C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="990" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1710" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2430" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3150" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3870" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4590" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5310" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6030" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6750" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="398264EE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9F4E0E60"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1724" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2444" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3164" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3884" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4604" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5324" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6044" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6764" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AB030AD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5636EAE6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F9C1128"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B0C4BDCC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="⮚"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40FE1082"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F6CEF280"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BCC04FC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AFAE5CF0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DD64C73"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="28A22DBA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4ED34B72"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="577E01C4"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="1F497D"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="586E3211"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="35BAAFFC"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090009">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="589C228D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="84B24204"/>
+    <w:lvl w:ilvl="0" w:tplc="04090009">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="599B4546"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C4AED920"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B2E2A26"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7444E1AA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C4C1375"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5016F14A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="✔"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="674C21B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CEB0E6B8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090009">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AD83F97"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AF5E47E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="−"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="755" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1475" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2195" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="2915" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3635" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4355" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5075" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5795" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6515" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B4F7B9B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="96EA1356"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FB12844"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0F8CD766"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="▪"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="●"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="▪"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-[...3 lines deleted...]
-      <w:lvlText w:val="●"/>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FF60DD2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EADEFECA"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="▪"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="●"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="▪"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="●"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="▪"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-[...439 lines deleted...]
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1939219131">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1216820984">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1262101411">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="310671859">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="921916620">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1585185618">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1139766127">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="113987696">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="125439958">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1572737630">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="244648733">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="316735838">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1162507208">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="14" w16cid:durableId="165560779">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="150490287">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="605043240">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1782533571">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="2020933866">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1953779095">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="321392915">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1962757431">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="807670534">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1082721571">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1264458613">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1113133205">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="675617270">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1043288716">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="860359747">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="366687575">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="30" w16cid:durableId="731346418">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="31" w16cid:durableId="1994915965">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="32" w16cid:durableId="266474161">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="6">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="33" w16cid:durableId="1704556330">
+    <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="96"/>
   <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00D33C27"/>
+    <w:rsid w:val="00001357"/>
+    <w:rsid w:val="00005ED2"/>
+    <w:rsid w:val="00012EC4"/>
+    <w:rsid w:val="00013980"/>
+    <w:rsid w:val="000239CE"/>
+    <w:rsid w:val="00024B1E"/>
+    <w:rsid w:val="000274A6"/>
+    <w:rsid w:val="00036303"/>
+    <w:rsid w:val="00036B55"/>
+    <w:rsid w:val="00062798"/>
+    <w:rsid w:val="00071D7A"/>
+    <w:rsid w:val="000769D0"/>
+    <w:rsid w:val="00081CBB"/>
+    <w:rsid w:val="00092212"/>
+    <w:rsid w:val="00095E26"/>
+    <w:rsid w:val="000B2E1B"/>
+    <w:rsid w:val="000B486A"/>
+    <w:rsid w:val="000E42F5"/>
+    <w:rsid w:val="000F2A76"/>
+    <w:rsid w:val="000F6D60"/>
+    <w:rsid w:val="000F7182"/>
+    <w:rsid w:val="001318A6"/>
+    <w:rsid w:val="00186310"/>
+    <w:rsid w:val="001867A9"/>
+    <w:rsid w:val="00194CFA"/>
+    <w:rsid w:val="00194DAA"/>
+    <w:rsid w:val="001C4078"/>
+    <w:rsid w:val="001D6926"/>
+    <w:rsid w:val="001D6BE9"/>
+    <w:rsid w:val="00205225"/>
+    <w:rsid w:val="00205CA0"/>
+    <w:rsid w:val="00211ED5"/>
+    <w:rsid w:val="00217DBE"/>
+    <w:rsid w:val="002205FC"/>
+    <w:rsid w:val="002230BE"/>
+    <w:rsid w:val="00223A8F"/>
+    <w:rsid w:val="00226AA9"/>
+    <w:rsid w:val="0023587F"/>
+    <w:rsid w:val="00256FDB"/>
+    <w:rsid w:val="002733CF"/>
+    <w:rsid w:val="00273FCE"/>
+    <w:rsid w:val="0027402A"/>
+    <w:rsid w:val="00276AC1"/>
+    <w:rsid w:val="002864B6"/>
+    <w:rsid w:val="00295B9A"/>
+    <w:rsid w:val="002A32A1"/>
+    <w:rsid w:val="002A52FB"/>
+    <w:rsid w:val="002A6B84"/>
+    <w:rsid w:val="002B270E"/>
+    <w:rsid w:val="002B6A8A"/>
+    <w:rsid w:val="002C177F"/>
+    <w:rsid w:val="002C60D9"/>
+    <w:rsid w:val="002D0760"/>
+    <w:rsid w:val="002D5ABF"/>
+    <w:rsid w:val="002D7377"/>
+    <w:rsid w:val="002E4C6C"/>
+    <w:rsid w:val="002F2EDF"/>
+    <w:rsid w:val="0031355C"/>
+    <w:rsid w:val="00320167"/>
+    <w:rsid w:val="003359B6"/>
+    <w:rsid w:val="0034639E"/>
+    <w:rsid w:val="00356E53"/>
+    <w:rsid w:val="00371573"/>
+    <w:rsid w:val="00390F1F"/>
+    <w:rsid w:val="003964A7"/>
+    <w:rsid w:val="003A0685"/>
+    <w:rsid w:val="003B24A4"/>
+    <w:rsid w:val="003B3DE6"/>
+    <w:rsid w:val="003B45DD"/>
+    <w:rsid w:val="003B489B"/>
+    <w:rsid w:val="003C5D49"/>
+    <w:rsid w:val="003E4626"/>
+    <w:rsid w:val="003F01AC"/>
+    <w:rsid w:val="003F161E"/>
+    <w:rsid w:val="003F4FF2"/>
+    <w:rsid w:val="00406CFC"/>
+    <w:rsid w:val="004211A8"/>
+    <w:rsid w:val="00433B7F"/>
+    <w:rsid w:val="0043580D"/>
+    <w:rsid w:val="004359F2"/>
+    <w:rsid w:val="004438D3"/>
+    <w:rsid w:val="0044611C"/>
+    <w:rsid w:val="00457AF7"/>
+    <w:rsid w:val="00460D53"/>
+    <w:rsid w:val="00482739"/>
+    <w:rsid w:val="00484A07"/>
+    <w:rsid w:val="004A21F8"/>
+    <w:rsid w:val="004A6E8E"/>
+    <w:rsid w:val="004A7911"/>
+    <w:rsid w:val="004B60B8"/>
+    <w:rsid w:val="004C173D"/>
+    <w:rsid w:val="004F1954"/>
+    <w:rsid w:val="0050739E"/>
+    <w:rsid w:val="00516525"/>
+    <w:rsid w:val="00520D0B"/>
+    <w:rsid w:val="00524057"/>
+    <w:rsid w:val="00525ABC"/>
+    <w:rsid w:val="00530E2C"/>
+    <w:rsid w:val="00545966"/>
+    <w:rsid w:val="00565548"/>
+    <w:rsid w:val="00571BED"/>
+    <w:rsid w:val="005877F4"/>
+    <w:rsid w:val="005949B2"/>
+    <w:rsid w:val="005B27F8"/>
+    <w:rsid w:val="005B700A"/>
+    <w:rsid w:val="005D2FC8"/>
+    <w:rsid w:val="005D554E"/>
+    <w:rsid w:val="005E1456"/>
+    <w:rsid w:val="005E4D26"/>
+    <w:rsid w:val="005E7DA1"/>
+    <w:rsid w:val="005F0BB9"/>
+    <w:rsid w:val="00611067"/>
+    <w:rsid w:val="0061698B"/>
+    <w:rsid w:val="00620B0A"/>
+    <w:rsid w:val="0062790C"/>
+    <w:rsid w:val="0063237D"/>
+    <w:rsid w:val="00637716"/>
+    <w:rsid w:val="00654EFC"/>
+    <w:rsid w:val="00671A59"/>
+    <w:rsid w:val="006A125D"/>
+    <w:rsid w:val="006A519F"/>
+    <w:rsid w:val="006B1DC2"/>
+    <w:rsid w:val="006B53C8"/>
+    <w:rsid w:val="006B78E2"/>
+    <w:rsid w:val="006C3DD1"/>
+    <w:rsid w:val="006C4880"/>
+    <w:rsid w:val="006D77FD"/>
+    <w:rsid w:val="006D7A56"/>
+    <w:rsid w:val="006F3EF4"/>
+    <w:rsid w:val="006F53F8"/>
+    <w:rsid w:val="007239BE"/>
+    <w:rsid w:val="00727E7B"/>
+    <w:rsid w:val="00740F6D"/>
+    <w:rsid w:val="007604C2"/>
+    <w:rsid w:val="00763BD2"/>
+    <w:rsid w:val="0078137C"/>
+    <w:rsid w:val="00790A3A"/>
+    <w:rsid w:val="007913CE"/>
+    <w:rsid w:val="00791B34"/>
+    <w:rsid w:val="00793F89"/>
+    <w:rsid w:val="007A068B"/>
+    <w:rsid w:val="007A28E1"/>
+    <w:rsid w:val="007A5A1E"/>
+    <w:rsid w:val="007B6359"/>
+    <w:rsid w:val="007C2542"/>
+    <w:rsid w:val="007C33AB"/>
+    <w:rsid w:val="007C4211"/>
+    <w:rsid w:val="007C6339"/>
+    <w:rsid w:val="007D3796"/>
+    <w:rsid w:val="007D4A10"/>
+    <w:rsid w:val="007D6D52"/>
+    <w:rsid w:val="007D757A"/>
+    <w:rsid w:val="007E62F9"/>
+    <w:rsid w:val="007F6626"/>
+    <w:rsid w:val="00801D7F"/>
+    <w:rsid w:val="0080345F"/>
+    <w:rsid w:val="0080795F"/>
+    <w:rsid w:val="00826136"/>
+    <w:rsid w:val="0084328D"/>
+    <w:rsid w:val="008432ED"/>
+    <w:rsid w:val="00843DED"/>
+    <w:rsid w:val="008440A0"/>
+    <w:rsid w:val="00853F44"/>
+    <w:rsid w:val="0085481B"/>
+    <w:rsid w:val="00861221"/>
+    <w:rsid w:val="00863A28"/>
+    <w:rsid w:val="00875603"/>
+    <w:rsid w:val="008814D0"/>
+    <w:rsid w:val="0088577A"/>
+    <w:rsid w:val="00885E78"/>
+    <w:rsid w:val="008912FA"/>
+    <w:rsid w:val="0089463D"/>
+    <w:rsid w:val="008A3F3B"/>
+    <w:rsid w:val="008B40C8"/>
+    <w:rsid w:val="008B6391"/>
+    <w:rsid w:val="008C0A02"/>
+    <w:rsid w:val="008E16F6"/>
+    <w:rsid w:val="008E5FB1"/>
+    <w:rsid w:val="008E7C6C"/>
+    <w:rsid w:val="008F4226"/>
+    <w:rsid w:val="00920FAB"/>
+    <w:rsid w:val="0092119B"/>
+    <w:rsid w:val="00942738"/>
+    <w:rsid w:val="00954F05"/>
+    <w:rsid w:val="009618B6"/>
+    <w:rsid w:val="009779AD"/>
+    <w:rsid w:val="00982D29"/>
+    <w:rsid w:val="00983929"/>
+    <w:rsid w:val="00983A56"/>
+    <w:rsid w:val="00984D34"/>
+    <w:rsid w:val="00994088"/>
+    <w:rsid w:val="009B357F"/>
+    <w:rsid w:val="009B4D85"/>
+    <w:rsid w:val="009B7B5E"/>
+    <w:rsid w:val="009C5119"/>
+    <w:rsid w:val="009D3CED"/>
+    <w:rsid w:val="009D4536"/>
+    <w:rsid w:val="009E045C"/>
+    <w:rsid w:val="009F027C"/>
+    <w:rsid w:val="009F30DB"/>
+    <w:rsid w:val="009F4602"/>
+    <w:rsid w:val="00A00A99"/>
+    <w:rsid w:val="00A341CD"/>
+    <w:rsid w:val="00A344F9"/>
+    <w:rsid w:val="00A51F32"/>
+    <w:rsid w:val="00A52657"/>
+    <w:rsid w:val="00A66148"/>
+    <w:rsid w:val="00A7293D"/>
+    <w:rsid w:val="00A822F8"/>
+    <w:rsid w:val="00A91917"/>
+    <w:rsid w:val="00A96D4F"/>
+    <w:rsid w:val="00AA71FC"/>
+    <w:rsid w:val="00AB2530"/>
+    <w:rsid w:val="00AB2734"/>
+    <w:rsid w:val="00AB3446"/>
+    <w:rsid w:val="00AB441A"/>
+    <w:rsid w:val="00AC0BC1"/>
+    <w:rsid w:val="00AC7D3B"/>
+    <w:rsid w:val="00AD508D"/>
+    <w:rsid w:val="00AD52C6"/>
+    <w:rsid w:val="00AE2793"/>
+    <w:rsid w:val="00AE5677"/>
+    <w:rsid w:val="00B1666A"/>
+    <w:rsid w:val="00B17880"/>
+    <w:rsid w:val="00B21229"/>
+    <w:rsid w:val="00B34084"/>
+    <w:rsid w:val="00B36CD6"/>
+    <w:rsid w:val="00B546C6"/>
+    <w:rsid w:val="00B569C9"/>
+    <w:rsid w:val="00B60804"/>
+    <w:rsid w:val="00B64B54"/>
+    <w:rsid w:val="00B817F5"/>
+    <w:rsid w:val="00BA6FEC"/>
+    <w:rsid w:val="00BC0FCE"/>
+    <w:rsid w:val="00BC6344"/>
+    <w:rsid w:val="00BD5EA5"/>
+    <w:rsid w:val="00BE4A1B"/>
+    <w:rsid w:val="00BE68AA"/>
+    <w:rsid w:val="00BF18B3"/>
+    <w:rsid w:val="00C136E0"/>
+    <w:rsid w:val="00C2223A"/>
+    <w:rsid w:val="00C32541"/>
+    <w:rsid w:val="00C32BA6"/>
+    <w:rsid w:val="00C3372A"/>
+    <w:rsid w:val="00C51A21"/>
+    <w:rsid w:val="00C5719F"/>
+    <w:rsid w:val="00C702C6"/>
+    <w:rsid w:val="00C73787"/>
+    <w:rsid w:val="00C85CCE"/>
+    <w:rsid w:val="00CA4BB9"/>
+    <w:rsid w:val="00CD08CD"/>
+    <w:rsid w:val="00CD5882"/>
+    <w:rsid w:val="00D0683B"/>
+    <w:rsid w:val="00D07165"/>
+    <w:rsid w:val="00D16C9B"/>
+    <w:rsid w:val="00D31E84"/>
+    <w:rsid w:val="00D3340D"/>
+    <w:rsid w:val="00D33C27"/>
+    <w:rsid w:val="00D502A4"/>
+    <w:rsid w:val="00D54AA3"/>
+    <w:rsid w:val="00D60EEA"/>
+    <w:rsid w:val="00D7674D"/>
+    <w:rsid w:val="00D8134E"/>
+    <w:rsid w:val="00D929D6"/>
+    <w:rsid w:val="00DC0397"/>
+    <w:rsid w:val="00DD1B63"/>
+    <w:rsid w:val="00DD7E19"/>
+    <w:rsid w:val="00DE6684"/>
+    <w:rsid w:val="00E14F05"/>
+    <w:rsid w:val="00E224F4"/>
+    <w:rsid w:val="00E369CB"/>
+    <w:rsid w:val="00E54539"/>
+    <w:rsid w:val="00E62E49"/>
+    <w:rsid w:val="00E65BF3"/>
+    <w:rsid w:val="00E66C6A"/>
+    <w:rsid w:val="00E6710F"/>
+    <w:rsid w:val="00E70450"/>
+    <w:rsid w:val="00E73348"/>
+    <w:rsid w:val="00E756AE"/>
+    <w:rsid w:val="00E838E1"/>
+    <w:rsid w:val="00E87DAF"/>
+    <w:rsid w:val="00EB1F8B"/>
+    <w:rsid w:val="00EB7D2C"/>
+    <w:rsid w:val="00ED2562"/>
+    <w:rsid w:val="00EE5E8F"/>
+    <w:rsid w:val="00F05619"/>
+    <w:rsid w:val="00F1081C"/>
+    <w:rsid w:val="00F13038"/>
+    <w:rsid w:val="00F15119"/>
+    <w:rsid w:val="00F212DA"/>
+    <w:rsid w:val="00F30CF6"/>
+    <w:rsid w:val="00F37DB1"/>
+    <w:rsid w:val="00F40BEE"/>
+    <w:rsid w:val="00F447CC"/>
+    <w:rsid w:val="00F57438"/>
+    <w:rsid w:val="00F9036D"/>
+    <w:rsid w:val="00F915B8"/>
+    <w:rsid w:val="00F92293"/>
+    <w:rsid w:val="00F95841"/>
+    <w:rsid w:val="00FA51DF"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="45D6C267"/>
+  <w15:docId w15:val="{22F1D104-9BCD-40F8-A602-DB91661E072F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="nl"/>
+        <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...1 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
-[...11 lines deleted...]
-    <w:name w:val="normal"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="98" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B60804"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal1"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="120" w:before="480" w:line="276" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-      <w:b w:val="1"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
-      <w:i w:val="1"/>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table1">
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="9">
+    <w:name w:val="9"/>
+    <w:basedOn w:val="TableNormal1"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="8">
+    <w:name w:val="8"/>
+    <w:basedOn w:val="TableNormal1"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="7">
+    <w:name w:val="7"/>
+    <w:basedOn w:val="TableNormal1"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="6">
+    <w:name w:val="6"/>
+    <w:basedOn w:val="TableNormal1"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="5">
+    <w:name w:val="5"/>
+    <w:basedOn w:val="TableNormal1"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="4">
+    <w:name w:val="4"/>
+    <w:basedOn w:val="TableNormal1"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="3">
+    <w:name w:val="3"/>
+    <w:basedOn w:val="TableNormal1"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="2">
+    <w:name w:val="2"/>
+    <w:basedOn w:val="TableNormal1"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="1"/>
+    <w:basedOn w:val="TableNormal1"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="008814D0"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="NoSpacingChar"/>
+    <w:uiPriority w:val="98"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C85CCE"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+    <w:name w:val="No Spacing Char"/>
+    <w:link w:val="NoSpacing"/>
+    <w:uiPriority w:val="98"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C85CCE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00B17880"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
+      <w:kern w:val="2"/>
+      <w:lang w:val="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B17880"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F915B8"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D77FD"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D77FD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D77FD"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D77FD"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084328D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="textgusol">
+    <w:name w:val="text_gusol"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="008E7C6C"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008E7C6C"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="140511826">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="220291759">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="282925945">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="759528129">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="462817986">
+              <w:marLeft w:val="750"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="62291721">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1813205988">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1746802482">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1760369011">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="117190992">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1488325656">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="749155208">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                          <w:divsChild>
+                                            <w:div w:id="328211879">
+                                              <w:marLeft w:val="0"/>
+                                              <w:marRight w:val="0"/>
+                                              <w:marTop w:val="0"/>
+                                              <w:marBottom w:val="0"/>
+                                              <w:divBdr>
+                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                              </w:divBdr>
+                                              <w:divsChild>
+                                                <w:div w:id="1365444489">
+                                                  <w:marLeft w:val="0"/>
+                                                  <w:marRight w:val="0"/>
+                                                  <w:marTop w:val="0"/>
+                                                  <w:marBottom w:val="0"/>
+                                                  <w:divBdr>
+                                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                  </w:divBdr>
+                                                  <w:divsChild>
+                                                    <w:div w:id="2069263063">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                  </w:divsChild>
+                                                </w:div>
+                                              </w:divsChild>
+                                            </w:div>
+                                          </w:divsChild>
+                                        </w:div>
+                                        <w:div w:id="1972981210">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="60"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1726836873">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                          <w:divsChild>
+                                            <w:div w:id="32317421">
+                                              <w:marLeft w:val="0"/>
+                                              <w:marRight w:val="0"/>
+                                              <w:marTop w:val="0"/>
+                                              <w:marBottom w:val="0"/>
+                                              <w:divBdr>
+                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                              </w:divBdr>
+                                              <w:divsChild>
+                                                <w:div w:id="954867127">
+                                                  <w:marLeft w:val="0"/>
+                                                  <w:marRight w:val="0"/>
+                                                  <w:marTop w:val="0"/>
+                                                  <w:marBottom w:val="0"/>
+                                                  <w:divBdr>
+                                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                  </w:divBdr>
+                                                  <w:divsChild>
+                                                    <w:div w:id="82997554">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                      <w:divsChild>
+                                                        <w:div w:id="1382826755">
+                                                          <w:marLeft w:val="105"/>
+                                                          <w:marRight w:val="105"/>
+                                                          <w:marTop w:val="90"/>
+                                                          <w:marBottom w:val="150"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                        </w:div>
+                                                        <w:div w:id="1921787743">
+                                                          <w:marLeft w:val="105"/>
+                                                          <w:marRight w:val="105"/>
+                                                          <w:marTop w:val="90"/>
+                                                          <w:marBottom w:val="150"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                        </w:div>
+                                                        <w:div w:id="2011249759">
+                                                          <w:marLeft w:val="105"/>
+                                                          <w:marRight w:val="105"/>
+                                                          <w:marTop w:val="90"/>
+                                                          <w:marBottom w:val="150"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                        </w:div>
+                                                        <w:div w:id="670179060">
+                                                          <w:marLeft w:val="105"/>
+                                                          <w:marRight w:val="105"/>
+                                                          <w:marTop w:val="90"/>
+                                                          <w:marBottom w:val="150"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                        </w:div>
+                                                        <w:div w:id="40597232">
+                                                          <w:marLeft w:val="105"/>
+                                                          <w:marRight w:val="105"/>
+                                                          <w:marTop w:val="90"/>
+                                                          <w:marBottom w:val="150"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                        </w:div>
+                                                        <w:div w:id="2126923985">
+                                                          <w:marLeft w:val="105"/>
+                                                          <w:marRight w:val="105"/>
+                                                          <w:marTop w:val="90"/>
+                                                          <w:marBottom w:val="150"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                        </w:div>
+                                                      </w:divsChild>
+                                                    </w:div>
+                                                  </w:divsChild>
+                                                </w:div>
+                                              </w:divsChild>
+                                            </w:div>
+                                          </w:divsChild>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="350641426">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="726494225">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1162895166">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1240016832">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1797750512">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1839298108">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1919903235">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1932228954">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="147749857">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="533225632">
+              <w:marLeft w:val="750"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1514493805">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1870560470">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1563758709">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1864518343">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="872304171">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1354379973">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="2044668840">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                          <w:divsChild>
+                                            <w:div w:id="641008413">
+                                              <w:marLeft w:val="0"/>
+                                              <w:marRight w:val="0"/>
+                                              <w:marTop w:val="0"/>
+                                              <w:marBottom w:val="0"/>
+                                              <w:divBdr>
+                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                              </w:divBdr>
+                                              <w:divsChild>
+                                                <w:div w:id="346178736">
+                                                  <w:marLeft w:val="0"/>
+                                                  <w:marRight w:val="0"/>
+                                                  <w:marTop w:val="0"/>
+                                                  <w:marBottom w:val="0"/>
+                                                  <w:divBdr>
+                                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                  </w:divBdr>
+                                                  <w:divsChild>
+                                                    <w:div w:id="521480676">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                  </w:divsChild>
+                                                </w:div>
+                                              </w:divsChild>
+                                            </w:div>
+                                          </w:divsChild>
+                                        </w:div>
+                                        <w:div w:id="1382248409">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="60"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1088308958">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                          <w:divsChild>
+                                            <w:div w:id="170146878">
+                                              <w:marLeft w:val="0"/>
+                                              <w:marRight w:val="0"/>
+                                              <w:marTop w:val="0"/>
+                                              <w:marBottom w:val="0"/>
+                                              <w:divBdr>
+                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                              </w:divBdr>
+                                              <w:divsChild>
+                                                <w:div w:id="938096878">
+                                                  <w:marLeft w:val="0"/>
+                                                  <w:marRight w:val="0"/>
+                                                  <w:marTop w:val="0"/>
+                                                  <w:marBottom w:val="0"/>
+                                                  <w:divBdr>
+                                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                  </w:divBdr>
+                                                  <w:divsChild>
+                                                    <w:div w:id="523056130">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                      <w:divsChild>
+                                                        <w:div w:id="2126266834">
+                                                          <w:marLeft w:val="105"/>
+                                                          <w:marRight w:val="105"/>
+                                                          <w:marTop w:val="90"/>
+                                                          <w:marBottom w:val="150"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                        </w:div>
+                                                        <w:div w:id="864101379">
+                                                          <w:marLeft w:val="105"/>
+                                                          <w:marRight w:val="105"/>
+                                                          <w:marTop w:val="90"/>
+                                                          <w:marBottom w:val="150"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                        </w:div>
+                                                        <w:div w:id="590553034">
+                                                          <w:marLeft w:val="105"/>
+                                                          <w:marRight w:val="105"/>
+                                                          <w:marTop w:val="90"/>
+                                                          <w:marBottom w:val="150"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                        </w:div>
+                                                        <w:div w:id="120849512">
+                                                          <w:marLeft w:val="105"/>
+                                                          <w:marRight w:val="105"/>
+                                                          <w:marTop w:val="90"/>
+                                                          <w:marBottom w:val="150"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                        </w:div>
+                                                        <w:div w:id="299576100">
+                                                          <w:marLeft w:val="105"/>
+                                                          <w:marRight w:val="105"/>
+                                                          <w:marTop w:val="90"/>
+                                                          <w:marBottom w:val="150"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                        </w:div>
+                                                        <w:div w:id="174346870">
+                                                          <w:marLeft w:val="105"/>
+                                                          <w:marRight w:val="105"/>
+                                                          <w:marTop w:val="90"/>
+                                                          <w:marBottom w:val="150"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                        </w:div>
+                                                      </w:divsChild>
+                                                    </w:div>
+                                                  </w:divsChild>
+                                                </w:div>
+                                              </w:divsChild>
+                                            </w:div>
+                                          </w:divsChild>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2075353083">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
-<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-bold.ttf"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7222,25 +11668,99 @@
       </a:style>
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44660B06-F6BA-4756-A903-33C4E1BEF46E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>6</Pages>
+  <Words>1756</Words>
+  <Characters>10013</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Tiêu đề</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>11746</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>FPT</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>